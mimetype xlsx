--- v0 (2025-10-09)
+++ v1 (2026-01-19)
@@ -3,70 +3,70 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="164011"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\D1\ACAU\1900 Informacio\1950 Difusió web i intranet\Documents intranet i web\Espai documentació comissions i intergrups\Intergrup de Drets Sexuals i Reproductius\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\lorenga\Desktop\ACAU\CanviNOmadreces\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="27630" windowHeight="12285"/>
   </bookViews>
   <sheets>
     <sheet name="Drets sexuals i reprod XV leg" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="278" uniqueCount="173">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="284" uniqueCount="178">
   <si>
     <t>Expedient</t>
   </si>
   <si>
     <t>Títol tramitació</t>
   </si>
   <si>
     <t>Títol definitiu</t>
   </si>
   <si>
     <t>Proponents breu</t>
   </si>
   <si>
     <t>Cloenda política</t>
   </si>
   <si>
     <t>Apartats concrets</t>
   </si>
   <si>
     <t>URL Expedient</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
@@ -542,50 +542,65 @@
     <t>390</t>
   </si>
   <si>
     <t>390-00039/15</t>
   </si>
   <si>
     <t>Control del compliment de la Moció 39/XV, sobre les prioritats del Departament de Salut per al 2025</t>
   </si>
   <si>
     <t xml:space="preserve"> Ple del Parlament</t>
   </si>
   <si>
     <t>https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:390-00039/15</t>
   </si>
   <si>
     <t>390-00083/15</t>
   </si>
   <si>
     <t>Control del compliment de la Moció 83/XV, sobre la violència institucional masclista</t>
   </si>
   <si>
     <t>https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:390-00083/15</t>
   </si>
   <si>
     <t>Tipus expedient (codi)</t>
+  </si>
+  <si>
+    <t>302-00065/15</t>
+  </si>
+  <si>
+    <t>Moció subsegüent a la interpel·lació al Govern sobre els drets sexuals i reproductius</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Grup Parlamentari d'Esquerra Republicana de Catalunya</t>
+  </si>
+  <si>
+    <t>Moció 53/XV del Parlament de Catalunya, sobre els drets sexuals i reproductius</t>
+  </si>
+  <si>
+    <t>https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:302-00065/15</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
@@ -677,138 +692,54 @@
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
-    <cellStyle name="Enllaç" xfId="1" builtinId="8"/>
+    <cellStyle name="Hipervínculo" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="10">
-    <dxf>
-[...82 lines deleted...]
-    </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <name val="Calibri"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="0" formatCode="General"/>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color rgb="FF666666"/>
         </left>
         <right style="thin">
           <color rgb="FF666666"/>
         </right>
         <top style="thin">
           <color rgb="FF666666"/>
         </top>
         <bottom style="thin">
           <color rgb="FF666666"/>
@@ -895,50 +826,134 @@
         </left>
         <right style="thin">
           <color rgb="FF666666"/>
         </right>
         <top style="thin">
           <color rgb="FF666666"/>
         </top>
         <bottom style="thin">
           <color rgb="FF666666"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <name val="Calibri"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="0" formatCode="General"/>
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color rgb="FF666666"/>
+        </left>
+        <right style="thin">
+          <color rgb="FF666666"/>
+        </right>
+        <top style="thin">
+          <color rgb="FF666666"/>
+        </top>
+        <bottom style="thin">
+          <color rgb="FF666666"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <name val="Calibri"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="0" formatCode="General"/>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color rgb="FF666666"/>
+        </left>
+        <right style="thin">
+          <color rgb="FF666666"/>
+        </right>
+        <top style="thin">
+          <color rgb="FF666666"/>
+        </top>
+        <bottom style="thin">
+          <color rgb="FF666666"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <name val="Calibri"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="0" formatCode="General"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color rgb="FF666666"/>
+        </left>
+        <right style="thin">
+          <color rgb="FF666666"/>
+        </right>
+        <top style="thin">
+          <color rgb="FF666666"/>
+        </top>
+        <bottom style="thin">
+          <color rgb="FF666666"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <name val="Calibri"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="0" formatCode="General"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color rgb="FF666666"/>
         </left>
         <right style="thin">
           <color rgb="FF666666"/>
         </right>
         <top style="thin">
           <color rgb="FF666666"/>
         </top>
         <bottom style="thin">
           <color rgb="FF666666"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <name val="Calibri"/>
         <scheme val="none"/>
@@ -954,71 +969,71 @@
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <name val="Calibri"/>
         <scheme val="minor"/>
       </font>
       <alignment vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="expedients3457" displayName="expedients3457" ref="A1:H45" totalsRowShown="0" headerRowDxfId="9" dataDxfId="8">
-  <autoFilter ref="A1:H45"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="expedients3457" displayName="expedients3457" ref="A1:H46" totalsRowShown="0" headerRowDxfId="9" dataDxfId="8">
+  <autoFilter ref="A1:H46"/>
   <sortState ref="A2:H78">
     <sortCondition ref="B2:B104"/>
   </sortState>
   <tableColumns count="8">
-    <tableColumn id="1" name="Tipus expedient (codi)" dataDxfId="2"/>
-[...6 lines deleted...]
-    <tableColumn id="7" name="URL Expedient" dataDxfId="3"/>
+    <tableColumn id="1" name="Tipus expedient (codi)" dataDxfId="7"/>
+    <tableColumn id="2" name="Expedient" dataDxfId="6"/>
+    <tableColumn id="3" name="Títol tramitació" dataDxfId="5"/>
+    <tableColumn id="4" name="Títol definitiu" dataDxfId="4"/>
+    <tableColumn id="5" name="Proponents breu" dataDxfId="3"/>
+    <tableColumn id="6" name="Cloenda política" dataDxfId="2"/>
+    <tableColumn id="9" name="Apartats concrets" dataDxfId="1"/>
+    <tableColumn id="7" name="URL Expedient" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="1" showLastColumn="1" showRowStripes="0" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de l'Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -1235,1092 +1250,1106 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:357-00672/15" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:357-00224/15" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:357-00213/15" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:355-00040/15" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:250-00339/15" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:357-00457/15" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:357-00135/15" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:250-00705/15" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:250-00204/15" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:357-00599/15" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:357-00225/15" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:357-00220/15" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:355-00041/15" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:255-00001/15" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:250-00391/15" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:357-00227/15" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:357-00221/15" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:357-00136/15" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:290-00287/15" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:250-00252/15" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:357-00226/15" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:357-00574/15" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:390-00083/15" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:357-00102/15" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:290-00137/15" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:250-00409/15" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:250-00327/15" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:357-00530/15" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:357-00222/15" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:357-00133/15" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:302-00048/15" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:250-00427/15" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:390-00039/15" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:357-00137/15" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:290-00191/15" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:357-00097/15" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:357-00458/15" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:357-00673/15" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:357-00223/15" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:357-00134/15" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:302-00107/15" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:290-00198/15" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:250-00545/15" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:202-00054/15" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:357-00672/15" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:357-00224/15" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:357-00213/15" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:355-00040/15" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:250-00339/15" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:357-00457/15" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:357-00135/15" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:250-00705/15" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:250-00204/15" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:357-00599/15" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:357-00225/15" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:357-00220/15" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:355-00041/15" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:255-00001/15" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:250-00391/15" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:357-00227/15" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:357-00221/15" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:357-00136/15" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:290-00287/15" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:250-00252/15" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:357-00226/15" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:357-00574/15" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:390-00083/15" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:357-00102/15" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:290-00137/15" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:250-00409/15" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:250-00327/15" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:302-00065/15" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:357-00530/15" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:357-00222/15" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:357-00133/15" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:302-00048/15" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:250-00427/15" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:390-00039/15" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:357-00137/15" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:290-00191/15" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:357-00097/15" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:357-00458/15" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:357-00673/15" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:357-00223/15" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:357-00134/15" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:302-00107/15" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:290-00198/15" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:250-00545/15" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.cat/ext/f?p=siap-cerca:expedient:::::p15_num_expedient:202-00054/15" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:H67"/>
+  <dimension ref="A1:H68"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageLayout" topLeftCell="A41" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="F2" sqref="F2:F45"/>
+    <sheetView tabSelected="1" view="pageLayout" topLeftCell="A22" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="G2" sqref="G2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3" customWidth="1"/>
     <col min="2" max="2" width="12.7109375" style="3" customWidth="1"/>
     <col min="3" max="3" width="45.140625" style="3" customWidth="1"/>
     <col min="4" max="4" width="49.5703125" style="3" customWidth="1"/>
     <col min="5" max="5" width="45.5703125" style="3" customWidth="1"/>
     <col min="6" max="6" width="12.140625" style="3" customWidth="1"/>
     <col min="7" max="7" width="27" style="3" customWidth="1"/>
     <col min="8" max="8" width="47.5703125" style="3" customWidth="1"/>
     <col min="9" max="16384" width="9.140625" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>172</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="2" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>7</v>
+    <row r="2" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+      <c r="A2" s="12">
+        <v>302</v>
       </c>
       <c r="B2" s="12" t="s">
-        <v>8</v>
+        <v>173</v>
       </c>
       <c r="C2" s="4" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="D2" s="4"/>
+        <v>174</v>
+      </c>
+      <c r="D2" s="4" t="s">
+        <v>176</v>
+      </c>
       <c r="E2" s="4" t="s">
-        <v>10</v>
-[...6 lines deleted...]
-        <v>12</v>
+        <v>175</v>
+      </c>
+      <c r="F2" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="G2" s="4"/>
+      <c r="H2" s="6" t="s">
+        <v>177</v>
       </c>
     </row>
     <row r="3" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A3" s="12" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="B3" s="12" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="C3" s="4" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>9</v>
+      </c>
+      <c r="D3" s="4"/>
       <c r="E3" s="4" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="G3" s="4"/>
+        <v>10</v>
+      </c>
+      <c r="F3" s="4"/>
+      <c r="G3" s="4" t="s">
+        <v>11</v>
+      </c>
       <c r="H3" s="5" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:8" ht="51" x14ac:dyDescent="0.25">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A4" s="12" t="s">
         <v>13</v>
       </c>
       <c r="B4" s="12" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="C4" s="4" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="D4" s="4" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E4" s="4" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>18</v>
       </c>
       <c r="G4" s="4"/>
       <c r="H4" s="5" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:8" ht="51" x14ac:dyDescent="0.25">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A5" s="12" t="s">
         <v>13</v>
       </c>
       <c r="B5" s="12" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="C5" s="4" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D5" s="4" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="E5" s="4" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F5" s="4" t="s">
         <v>18</v>
       </c>
       <c r="G5" s="4"/>
       <c r="H5" s="5" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A6" s="12" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="12" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C6" s="4" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="D6" s="4"/>
+        <v>26</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>26</v>
+      </c>
       <c r="E6" s="4" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="F6" s="4"/>
+        <v>27</v>
+      </c>
+      <c r="F6" s="4" t="s">
+        <v>18</v>
+      </c>
       <c r="G6" s="4"/>
       <c r="H6" s="5" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="12" t="s">
         <v>13</v>
       </c>
       <c r="B7" s="12" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="D7" s="4"/>
       <c r="E7" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="F7" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F7" s="4"/>
       <c r="G7" s="4"/>
       <c r="H7" s="5" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
     </row>
     <row r="8" spans="1:8" ht="42" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="12" t="s">
         <v>13</v>
       </c>
       <c r="B8" s="12" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="C8" s="4" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="D8" s="4" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="E8" s="4" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="F8" s="4" t="s">
         <v>18</v>
       </c>
       <c r="G8" s="4"/>
       <c r="H8" s="5" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:8" ht="51" x14ac:dyDescent="0.25">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A9" s="12" t="s">
         <v>13</v>
       </c>
       <c r="B9" s="12" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>37</v>
       </c>
       <c r="E9" s="4" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="F9" s="4" t="s">
         <v>18</v>
       </c>
       <c r="G9" s="4"/>
       <c r="H9" s="5" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
     </row>
     <row r="10" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A10" s="12" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="12" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="C10" s="4" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="D10" s="4"/>
+        <v>41</v>
+      </c>
+      <c r="D10" s="4" t="s">
+        <v>37</v>
+      </c>
       <c r="E10" s="4" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="F10" s="4"/>
+        <v>27</v>
+      </c>
+      <c r="F10" s="4" t="s">
+        <v>18</v>
+      </c>
       <c r="G10" s="4"/>
       <c r="H10" s="5" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:8" ht="51" x14ac:dyDescent="0.25">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A11" s="12" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="12" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="C11" s="4" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="D11" s="4"/>
       <c r="E11" s="4" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="F11" s="4"/>
       <c r="G11" s="4"/>
       <c r="H11" s="5" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
     </row>
     <row r="12" spans="1:8" ht="46.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="12" t="s">
-        <v>51</v>
+        <v>13</v>
       </c>
       <c r="B12" s="12" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="C12" s="4" t="s">
-        <v>53</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="D12" s="4"/>
       <c r="E12" s="4" t="s">
-        <v>55</v>
-[...6 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="F12" s="4"/>
+      <c r="G12" s="4"/>
       <c r="H12" s="5" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
     </row>
     <row r="13" spans="1:8" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="12" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="B13" s="12" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="C13" s="4" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="D13" s="4"/>
+        <v>53</v>
+      </c>
+      <c r="D13" s="4" t="s">
+        <v>54</v>
+      </c>
       <c r="E13" s="4" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-      <c r="G13" s="4"/>
+        <v>55</v>
+      </c>
+      <c r="F13" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="G13" s="4" t="s">
+        <v>56</v>
+      </c>
       <c r="H13" s="5" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
     </row>
     <row r="14" spans="1:8" ht="44.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="12" t="s">
         <v>58</v>
       </c>
       <c r="B14" s="12" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="C14" s="4" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="D14" s="4"/>
       <c r="E14" s="4" t="s">
         <v>61</v>
       </c>
       <c r="F14" s="4"/>
       <c r="G14" s="4"/>
       <c r="H14" s="5" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
     </row>
     <row r="15" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A15" s="12" t="s">
         <v>58</v>
       </c>
       <c r="B15" s="12" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="C15" s="4" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="D15" s="4"/>
       <c r="E15" s="4" t="s">
         <v>61</v>
       </c>
       <c r="F15" s="4"/>
       <c r="G15" s="4"/>
       <c r="H15" s="5" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
     </row>
     <row r="16" spans="1:8" ht="56.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="12" t="s">
         <v>58</v>
       </c>
       <c r="B16" s="12" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="C16" s="4" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="D16" s="4"/>
       <c r="E16" s="4" t="s">
         <v>61</v>
       </c>
       <c r="F16" s="4"/>
       <c r="G16" s="4"/>
       <c r="H16" s="5" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
     </row>
     <row r="17" spans="1:8" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="12" t="s">
-        <v>72</v>
+        <v>58</v>
       </c>
       <c r="B17" s="12" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="C17" s="4" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="D17" s="4"/>
       <c r="E17" s="4" t="s">
-        <v>76</v>
-[...6 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="F17" s="4"/>
+      <c r="G17" s="4"/>
       <c r="H17" s="5" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
     </row>
     <row r="18" spans="1:8" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="12" t="s">
         <v>72</v>
       </c>
       <c r="B18" s="12" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="C18" s="4" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="D18" s="4" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="E18" s="4" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="F18" s="4" t="s">
         <v>18</v>
       </c>
       <c r="G18" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="H18" s="5" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A19" s="12" t="s">
+        <v>72</v>
+      </c>
+      <c r="B19" s="12" t="s">
+        <v>79</v>
+      </c>
+      <c r="C19" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="D19" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="E19" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="F19" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="G19" s="4" t="s">
         <v>83</v>
       </c>
-      <c r="H18" s="5" t="s">
+      <c r="H19" s="5" t="s">
         <v>84</v>
-      </c>
-[...22 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="20" spans="1:8" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="12" t="s">
         <v>85</v>
       </c>
       <c r="B20" s="12" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="C20" s="4" t="s">
-        <v>91</v>
-[...1 lines deleted...]
-      <c r="D20" s="4"/>
+        <v>87</v>
+      </c>
+      <c r="D20" s="4" t="s">
+        <v>87</v>
+      </c>
       <c r="E20" s="4" t="s">
         <v>61</v>
       </c>
-      <c r="F20" s="4"/>
+      <c r="F20" s="4" t="s">
+        <v>88</v>
+      </c>
       <c r="G20" s="4"/>
       <c r="H20" s="5" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
     </row>
     <row r="21" spans="1:8" s="7" customFormat="1" ht="68.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="12" t="s">
+        <v>85</v>
+      </c>
+      <c r="B21" s="12" t="s">
+        <v>90</v>
+      </c>
+      <c r="C21" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="D21" s="4"/>
+      <c r="E21" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="F21" s="4"/>
+      <c r="G21" s="4"/>
+      <c r="H21" s="5" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" s="10" customFormat="1" ht="57" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="12" t="s">
         <v>93</v>
       </c>
-      <c r="B21" s="12" t="s">
+      <c r="B22" s="12" t="s">
         <v>94</v>
       </c>
-      <c r="C21" s="4" t="s">
+      <c r="C22" s="4" t="s">
         <v>95</v>
       </c>
-      <c r="D21" s="4" t="s">
+      <c r="D22" s="4" t="s">
         <v>95</v>
       </c>
-      <c r="E21" s="4" t="s">
+      <c r="E22" s="4" t="s">
         <v>96</v>
       </c>
-      <c r="F21" s="4" t="s">
+      <c r="F22" s="4" t="s">
         <v>88</v>
       </c>
-      <c r="G21" s="4"/>
-      <c r="H21" s="6" t="s">
+      <c r="G22" s="4"/>
+      <c r="H22" s="6" t="s">
         <v>97</v>
       </c>
     </row>
-    <row r="22" spans="1:8" s="10" customFormat="1" ht="57" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="13" t="s">
+    <row r="23" spans="1:8" ht="84.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="13" t="s">
         <v>93</v>
       </c>
-      <c r="B22" s="13" t="s">
+      <c r="B23" s="13" t="s">
         <v>98</v>
       </c>
-      <c r="C22" s="8" t="s">
+      <c r="C23" s="8" t="s">
         <v>99</v>
       </c>
-      <c r="D22" s="8" t="s">
+      <c r="D23" s="8" t="s">
         <v>99</v>
       </c>
-      <c r="E22" s="8" t="s">
+      <c r="E23" s="8" t="s">
         <v>96</v>
       </c>
-      <c r="F22" s="8" t="s">
+      <c r="F23" s="8" t="s">
         <v>88</v>
       </c>
-      <c r="G22" s="8"/>
-      <c r="H22" s="9" t="s">
+      <c r="G23" s="8"/>
+      <c r="H23" s="9" t="s">
         <v>100</v>
-      </c>
-[...22 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="24" spans="1:8" ht="96.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="12" t="s">
         <v>93</v>
       </c>
       <c r="B24" s="12" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="C24" s="4" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="D24" s="4" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="E24" s="4" t="s">
         <v>61</v>
       </c>
       <c r="F24" s="4" t="s">
         <v>88</v>
       </c>
       <c r="G24" s="4"/>
       <c r="H24" s="5" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
     </row>
     <row r="25" spans="1:8" ht="96.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="12" t="s">
         <v>93</v>
       </c>
       <c r="B25" s="12" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="C25" s="4" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="D25" s="4" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="E25" s="4" t="s">
         <v>61</v>
       </c>
       <c r="F25" s="4" t="s">
         <v>88</v>
       </c>
       <c r="G25" s="4"/>
       <c r="H25" s="5" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:8" ht="63.75" x14ac:dyDescent="0.25">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" ht="89.25" x14ac:dyDescent="0.25">
       <c r="A26" s="12" t="s">
         <v>93</v>
       </c>
       <c r="B26" s="12" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="C26" s="4" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="D26" s="4" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="E26" s="4" t="s">
         <v>61</v>
       </c>
       <c r="F26" s="4" t="s">
         <v>88</v>
       </c>
       <c r="G26" s="4"/>
       <c r="H26" s="5" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
     </row>
     <row r="27" spans="1:8" ht="57.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="12" t="s">
         <v>93</v>
       </c>
       <c r="B27" s="12" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="C27" s="4" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="D27" s="4" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="E27" s="4" t="s">
         <v>61</v>
       </c>
       <c r="F27" s="4" t="s">
         <v>88</v>
       </c>
       <c r="G27" s="4"/>
       <c r="H27" s="5" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8" s="10" customFormat="1" ht="57.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="12" t="s">
+        <v>93</v>
+      </c>
+      <c r="B28" s="12" t="s">
+        <v>113</v>
+      </c>
+      <c r="C28" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="D28" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="E28" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="F28" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="G28" s="4"/>
+      <c r="H28" s="5" t="s">
         <v>115</v>
       </c>
     </row>
-    <row r="28" spans="1:8" s="10" customFormat="1" ht="57.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A28" s="13" t="s">
+    <row r="29" spans="1:8" ht="57.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="13" t="s">
         <v>93</v>
       </c>
-      <c r="B28" s="13" t="s">
+      <c r="B29" s="13" t="s">
         <v>116</v>
       </c>
-      <c r="C28" s="8" t="s">
+      <c r="C29" s="8" t="s">
         <v>117</v>
       </c>
-      <c r="D28" s="8"/>
-      <c r="E28" s="8" t="s">
+      <c r="D29" s="8"/>
+      <c r="E29" s="8" t="s">
         <v>96</v>
       </c>
-      <c r="F28" s="8"/>
-[...1 lines deleted...]
-      <c r="H28" s="9" t="s">
+      <c r="F29" s="8"/>
+      <c r="G29" s="8"/>
+      <c r="H29" s="9" t="s">
         <v>118</v>
-      </c>
-[...18 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="30" spans="1:8" ht="54.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="12" t="s">
         <v>93</v>
       </c>
       <c r="B30" s="12" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="C30" s="4" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="D30" s="4"/>
       <c r="E30" s="4" t="s">
         <v>96</v>
       </c>
       <c r="F30" s="4"/>
       <c r="G30" s="4"/>
       <c r="H30" s="5" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
     </row>
     <row r="31" spans="1:8" ht="55.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="12" t="s">
         <v>93</v>
       </c>
       <c r="B31" s="12" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="C31" s="4" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="D31" s="4"/>
       <c r="E31" s="4" t="s">
         <v>96</v>
       </c>
       <c r="F31" s="4"/>
       <c r="G31" s="4"/>
       <c r="H31" s="5" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
     </row>
     <row r="32" spans="1:8" ht="57" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="12" t="s">
         <v>93</v>
       </c>
       <c r="B32" s="12" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="C32" s="4" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="D32" s="4"/>
       <c r="E32" s="4" t="s">
         <v>96</v>
       </c>
       <c r="F32" s="4"/>
       <c r="G32" s="4"/>
       <c r="H32" s="5" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
     </row>
     <row r="33" spans="1:8" ht="57" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="12" t="s">
         <v>93</v>
       </c>
       <c r="B33" s="12" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="C33" s="4" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="D33" s="4"/>
       <c r="E33" s="4" t="s">
         <v>96</v>
       </c>
       <c r="F33" s="4"/>
       <c r="G33" s="4"/>
       <c r="H33" s="5" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
     </row>
     <row r="34" spans="1:8" ht="54.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="12" t="s">
         <v>93</v>
       </c>
       <c r="B34" s="12" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="C34" s="4" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="D34" s="4"/>
       <c r="E34" s="4" t="s">
         <v>96</v>
       </c>
       <c r="F34" s="4"/>
       <c r="G34" s="4"/>
       <c r="H34" s="5" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
     </row>
     <row r="35" spans="1:8" ht="57.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="12" t="s">
         <v>93</v>
       </c>
       <c r="B35" s="12" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="C35" s="4" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="D35" s="4"/>
       <c r="E35" s="4" t="s">
         <v>96</v>
       </c>
       <c r="F35" s="4"/>
       <c r="G35" s="4"/>
       <c r="H35" s="5" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
     </row>
     <row r="36" spans="1:8" ht="56.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="12" t="s">
         <v>93</v>
       </c>
       <c r="B36" s="12" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="C36" s="4" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="D36" s="4"/>
       <c r="E36" s="4" t="s">
         <v>96</v>
       </c>
       <c r="F36" s="4"/>
       <c r="G36" s="4"/>
       <c r="H36" s="5" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
     </row>
     <row r="37" spans="1:8" ht="108" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="12" t="s">
         <v>93</v>
       </c>
       <c r="B37" s="12" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="C37" s="4" t="s">
-        <v>144</v>
-[...3 lines deleted...]
-      </c>
+        <v>141</v>
+      </c>
+      <c r="D37" s="4"/>
       <c r="E37" s="4" t="s">
-        <v>145</v>
-[...3 lines deleted...]
-      </c>
+        <v>96</v>
+      </c>
+      <c r="F37" s="4"/>
       <c r="G37" s="4"/>
       <c r="H37" s="5" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
     </row>
     <row r="38" spans="1:8" ht="108" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="12" t="s">
         <v>93</v>
       </c>
       <c r="B38" s="12" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="C38" s="4" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="D38" s="4" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="E38" s="4" t="s">
         <v>145</v>
       </c>
       <c r="F38" s="4" t="s">
         <v>88</v>
       </c>
       <c r="G38" s="4"/>
       <c r="H38" s="5" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
     </row>
     <row r="39" spans="1:8" ht="56.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="12" t="s">
         <v>93</v>
       </c>
       <c r="B39" s="12" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="C39" s="4" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="D39" s="4" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="E39" s="4" t="s">
         <v>145</v>
       </c>
       <c r="F39" s="4" t="s">
         <v>88</v>
       </c>
       <c r="G39" s="4"/>
       <c r="H39" s="5" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
     </row>
     <row r="40" spans="1:8" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="12" t="s">
         <v>93</v>
       </c>
       <c r="B40" s="12" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="C40" s="4" t="s">
-        <v>154</v>
-[...1 lines deleted...]
-      <c r="D40" s="4"/>
+        <v>151</v>
+      </c>
+      <c r="D40" s="4" t="s">
+        <v>151</v>
+      </c>
       <c r="E40" s="4" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="F40" s="4"/>
+        <v>145</v>
+      </c>
+      <c r="F40" s="4" t="s">
+        <v>88</v>
+      </c>
       <c r="G40" s="4"/>
       <c r="H40" s="5" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:8" ht="76.5" x14ac:dyDescent="0.25">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A41" s="12" t="s">
         <v>93</v>
       </c>
       <c r="B41" s="12" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="C41" s="4" t="s">
-        <v>157</v>
-[...3 lines deleted...]
-      </c>
+        <v>154</v>
+      </c>
+      <c r="D41" s="4"/>
       <c r="E41" s="4" t="s">
-        <v>96</v>
-[...3 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="F41" s="4"/>
       <c r="G41" s="4"/>
       <c r="H41" s="5" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:8" ht="51" x14ac:dyDescent="0.25">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A42" s="12" t="s">
         <v>93</v>
       </c>
       <c r="B42" s="12" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="C42" s="4" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="D42" s="4" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="E42" s="4" t="s">
-        <v>145</v>
+        <v>96</v>
       </c>
       <c r="F42" s="4" t="s">
         <v>88</v>
       </c>
       <c r="G42" s="4"/>
       <c r="H42" s="5" t="s">
-        <v>161</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:8" ht="51" x14ac:dyDescent="0.25">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A43" s="12" t="s">
         <v>93</v>
       </c>
       <c r="B43" s="12" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="C43" s="4" t="s">
         <v>160</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>160</v>
       </c>
       <c r="E43" s="4" t="s">
         <v>145</v>
       </c>
       <c r="F43" s="4" t="s">
         <v>88</v>
       </c>
       <c r="G43" s="4"/>
       <c r="H43" s="5" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
     </row>
     <row r="44" spans="1:8" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="12" t="s">
-        <v>164</v>
+        <v>93</v>
       </c>
       <c r="B44" s="12" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="C44" s="4" t="s">
-        <v>166</v>
-[...1 lines deleted...]
-      <c r="D44" s="4"/>
+        <v>160</v>
+      </c>
+      <c r="D44" s="4" t="s">
+        <v>160</v>
+      </c>
       <c r="E44" s="4" t="s">
-        <v>167</v>
-[...1 lines deleted...]
-      <c r="F44" s="4"/>
+        <v>145</v>
+      </c>
+      <c r="F44" s="4" t="s">
+        <v>88</v>
+      </c>
       <c r="G44" s="4"/>
       <c r="H44" s="5" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
     </row>
     <row r="45" spans="1:8" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="12" t="s">
         <v>164</v>
       </c>
       <c r="B45" s="12" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="C45" s="4" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="D45" s="4"/>
       <c r="E45" s="4" t="s">
         <v>167</v>
       </c>
       <c r="F45" s="4"/>
       <c r="G45" s="4"/>
       <c r="H45" s="5" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A46" s="12" t="s">
+        <v>164</v>
+      </c>
+      <c r="B46" s="12" t="s">
+        <v>169</v>
+      </c>
+      <c r="C46" s="4" t="s">
+        <v>170</v>
+      </c>
+      <c r="D46" s="4"/>
+      <c r="E46" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="F46" s="4"/>
+      <c r="G46" s="4"/>
+      <c r="H46" s="5" t="s">
         <v>171</v>
       </c>
-    </row>
-[...8 lines deleted...]
-      <c r="H46" s="11"/>
     </row>
     <row r="47" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A47" s="11"/>
       <c r="B47" s="11"/>
       <c r="C47" s="11"/>
       <c r="D47" s="11"/>
       <c r="E47" s="11"/>
       <c r="F47" s="11"/>
       <c r="G47" s="11"/>
       <c r="H47" s="11"/>
     </row>
     <row r="48" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A48" s="11"/>
       <c r="B48" s="11"/>
       <c r="C48" s="11"/>
       <c r="D48" s="11"/>
       <c r="E48" s="11"/>
       <c r="F48" s="11"/>
       <c r="G48" s="11"/>
       <c r="H48" s="11"/>
     </row>
     <row r="49" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A49" s="11"/>
       <c r="B49" s="11"/>
       <c r="C49" s="11"/>
@@ -2488,119 +2517,131 @@
       <c r="E65" s="11"/>
       <c r="F65" s="11"/>
       <c r="G65" s="11"/>
       <c r="H65" s="11"/>
     </row>
     <row r="66" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A66" s="11"/>
       <c r="B66" s="11"/>
       <c r="C66" s="11"/>
       <c r="D66" s="11"/>
       <c r="E66" s="11"/>
       <c r="F66" s="11"/>
       <c r="G66" s="11"/>
       <c r="H66" s="11"/>
     </row>
     <row r="67" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A67" s="11"/>
       <c r="B67" s="11"/>
       <c r="C67" s="11"/>
       <c r="D67" s="11"/>
       <c r="E67" s="11"/>
       <c r="F67" s="11"/>
       <c r="G67" s="11"/>
       <c r="H67" s="11"/>
     </row>
+    <row r="68" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A68" s="11"/>
+      <c r="B68" s="11"/>
+      <c r="C68" s="11"/>
+      <c r="D68" s="11"/>
+      <c r="E68" s="11"/>
+      <c r="F68" s="11"/>
+      <c r="G68" s="11"/>
+      <c r="H68" s="11"/>
+    </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="H35" r:id="rId1"/>
-[...42 lines deleted...]
-    <hyperlink ref="H21" r:id="rId44"/>
+    <hyperlink ref="H36" r:id="rId1"/>
+    <hyperlink ref="H37" r:id="rId2"/>
+    <hyperlink ref="H38" r:id="rId3"/>
+    <hyperlink ref="H39" r:id="rId4"/>
+    <hyperlink ref="H40" r:id="rId5"/>
+    <hyperlink ref="H41" r:id="rId6"/>
+    <hyperlink ref="H42" r:id="rId7"/>
+    <hyperlink ref="H43" r:id="rId8"/>
+    <hyperlink ref="H44" r:id="rId9"/>
+    <hyperlink ref="H45" r:id="rId10"/>
+    <hyperlink ref="H46" r:id="rId11"/>
+    <hyperlink ref="H35" r:id="rId12"/>
+    <hyperlink ref="H34" r:id="rId13"/>
+    <hyperlink ref="H33" r:id="rId14"/>
+    <hyperlink ref="H32" r:id="rId15"/>
+    <hyperlink ref="H31" r:id="rId16"/>
+    <hyperlink ref="H30" r:id="rId17"/>
+    <hyperlink ref="H29" r:id="rId18"/>
+    <hyperlink ref="H28" r:id="rId19"/>
+    <hyperlink ref="H27" r:id="rId20"/>
+    <hyperlink ref="H26" r:id="rId21"/>
+    <hyperlink ref="H25" r:id="rId22"/>
+    <hyperlink ref="H24" r:id="rId23"/>
+    <hyperlink ref="H23" r:id="rId24"/>
+    <hyperlink ref="H21" r:id="rId25"/>
+    <hyperlink ref="H20" r:id="rId26"/>
+    <hyperlink ref="H19" r:id="rId27"/>
+    <hyperlink ref="H18" r:id="rId28"/>
+    <hyperlink ref="H17" r:id="rId29"/>
+    <hyperlink ref="H16" r:id="rId30"/>
+    <hyperlink ref="H15" r:id="rId31"/>
+    <hyperlink ref="H14" r:id="rId32"/>
+    <hyperlink ref="H13" r:id="rId33"/>
+    <hyperlink ref="H12" r:id="rId34"/>
+    <hyperlink ref="H11" r:id="rId35"/>
+    <hyperlink ref="H10" r:id="rId36"/>
+    <hyperlink ref="H9" r:id="rId37"/>
+    <hyperlink ref="H8" r:id="rId38"/>
+    <hyperlink ref="H7" r:id="rId39"/>
+    <hyperlink ref="H6" r:id="rId40"/>
+    <hyperlink ref="H5" r:id="rId41"/>
+    <hyperlink ref="H4" r:id="rId42"/>
+    <hyperlink ref="H3" r:id="rId43"/>
+    <hyperlink ref="H22" r:id="rId44"/>
+    <hyperlink ref="H2" r:id="rId45"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="52" fitToHeight="0" orientation="landscape" verticalDpi="0" r:id="rId45"/>
+  <pageSetup paperSize="9" scale="52" fitToHeight="0" orientation="landscape" verticalDpi="0" r:id="rId46"/>
   <headerFooter>
-    <oddHeader>&amp;L&amp;"-,Negreta"Iniciatives sobre drets sexuals i reproductius
-XV legislatura (fins al 12/08/2025)</oddHeader>
+    <oddHeader>&amp;LEspai de documentació de l'Intergrup de Drets Sexuals i Reproductius
+Activitat parlamentària sobre la matèria. XV legislatura (fins al 9/01/2026)
+Departament de Gestió Documental i Recursos d'Informació. Gener 2026</oddHeader>
     <oddFooter>&amp;CPàgina &amp;P de &amp;N</oddFooter>
   </headerFooter>
   <tableParts count="1">
-    <tablePart r:id="rId46"/>
+    <tablePart r:id="rId47"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Fulls de càlcul</vt:lpstr>
+        <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Drets sexuals i reprod XV leg</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Serra Batiste, Marta</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>