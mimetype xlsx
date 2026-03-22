--- v0 (2025-11-03)
+++ v1 (2026-03-22)
@@ -1,470 +1,458 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="164011"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\D1\ACAU\010 Dossiers\DAP_TEMATICS\DAP_02_Dones_Parlament\15_leg\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\D1\ACAU\010 Dossiers\DAP_TEMATICS\DAP_02_Dones_Parlament\Docs_web\04_Diputades_per_legislatures\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="27630" windowHeight="12285"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="27630" windowHeight="14385"/>
   </bookViews>
   <sheets>
-    <sheet name="Diputades XV leg 4 març 2025" sheetId="1" r:id="rId1"/>
+    <sheet name="Diputades XV leg 26 febrer 2026" sheetId="3" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="162913"/>
-[...4 lines deleted...]
-  </extLst>
+  <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="270" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="304" uniqueCount="96">
   <si>
     <t>Membre</t>
   </si>
   <si>
     <t>Grup parlamentari</t>
   </si>
   <si>
     <t>Circumscripció</t>
   </si>
   <si>
     <t>Alta</t>
   </si>
   <si>
-    <t>Motiu alta</t>
+    <t>Motiu d'alta</t>
   </si>
   <si>
     <t>Baixa</t>
   </si>
   <si>
-    <t>Motiu baixa</t>
+    <t>Motiu Baixa</t>
+  </si>
+  <si>
+    <t>G Mixt</t>
+  </si>
+  <si>
+    <t>Elecció</t>
+  </si>
+  <si>
+    <t>Renúncia</t>
   </si>
   <si>
     <t>Abella i Chica, Jeannine</t>
   </si>
   <si>
     <t>GP Junts</t>
   </si>
   <si>
+    <t>GP VOX</t>
+  </si>
+  <si>
+    <t>GP ERC</t>
+  </si>
+  <si>
+    <t>Albiach Satorres, Jéssica</t>
+  </si>
+  <si>
+    <t>GP Comuns</t>
+  </si>
+  <si>
+    <t>Alcalá González, Judit</t>
+  </si>
+  <si>
+    <t>GP PSC-Units</t>
+  </si>
+  <si>
+    <t>Aragonès Gràcia, Irene</t>
+  </si>
+  <si>
+    <t>Araibi Marachi, Sabrin</t>
+  </si>
+  <si>
+    <t>Balsera i Marín, Ana</t>
+  </si>
+  <si>
+    <t>Berenguer Messeguer, Montserrat</t>
+  </si>
+  <si>
+    <t>GP PPC</t>
+  </si>
+  <si>
+    <t>Bergés i Saura, Montse</t>
+  </si>
+  <si>
+    <t>Besses Casanovas, Mar</t>
+  </si>
+  <si>
+    <t>Calvet Puig, Júlia</t>
+  </si>
+  <si>
+    <t>Camps i Roca, Alba</t>
+  </si>
+  <si>
+    <t>Substitució</t>
+  </si>
+  <si>
+    <t>Candela López, Eva</t>
+  </si>
+  <si>
+    <t>Cañigueral Olivé, Laia</t>
+  </si>
+  <si>
+    <t>Capella i Farré, Ester</t>
+  </si>
+  <si>
+    <t>Casanova Domènech, Míriam</t>
+  </si>
+  <si>
+    <t>Castillejo Medina, Maria Pilar</t>
+  </si>
+  <si>
+    <t>GP CUP-DT</t>
+  </si>
+  <si>
+    <t>Comes Pon, Neus</t>
+  </si>
+  <si>
+    <t>del Amo Hernández, Rosa</t>
+  </si>
+  <si>
+    <t>Díaz Torrevejano, Elena</t>
+  </si>
+  <si>
+    <t>Domingo i Soler, Ennatu</t>
+  </si>
+  <si>
+    <t>Driouech Ben Moussa, Najat</t>
+  </si>
+  <si>
+    <t>Erra i Solà, Anna</t>
+  </si>
+  <si>
+    <t>Esteller Ruedas, Àngels</t>
+  </si>
+  <si>
+    <t>Esteve i Pi, Mercè</t>
+  </si>
+  <si>
+    <t>Estrada Cañón, Laia</t>
+  </si>
+  <si>
+    <t>Fabian Corbacho, Natàlia</t>
+  </si>
+  <si>
+    <t>Feliu i Moragues, Anna</t>
+  </si>
+  <si>
+    <t>Fernández Vega, Laura</t>
+  </si>
+  <si>
+    <t>Ferré Ferré, Lídia</t>
+  </si>
+  <si>
+    <t>Ferret Raventós, Imma</t>
+  </si>
+  <si>
+    <t>Freixa i Vilardell, Glòria</t>
+  </si>
+  <si>
+    <t>Garcia Pérez, Rocio</t>
+  </si>
+  <si>
+    <t>García Fuster, María Elisa</t>
+  </si>
+  <si>
+    <t>García Rodríguez, Eva</t>
+  </si>
+  <si>
+    <t>Ibarra Ollé, Rosa Maria</t>
+  </si>
+  <si>
+    <t>Jaurrieta Guarner, Sara</t>
+  </si>
+  <si>
+    <t>Jiménez Cruz, Conchi</t>
+  </si>
+  <si>
+    <t>Jové i Montañola, Rosa</t>
+  </si>
+  <si>
+    <t>Llop Fernàndez, Lluïsa</t>
+  </si>
+  <si>
+    <t>Lora Cisquer, Mónica</t>
+  </si>
+  <si>
+    <t>Lozano Montoya, Núria</t>
+  </si>
+  <si>
+    <t>Martínez Heredia, Susana</t>
+  </si>
+  <si>
+    <t>Martínez i Juli, Sònia</t>
+  </si>
+  <si>
+    <t>Martínez Portell, Laura</t>
+  </si>
+  <si>
+    <t>Martínez Valverde, Ivana</t>
+  </si>
+  <si>
+    <t>Menor Cantador, Eva M.</t>
+  </si>
+  <si>
+    <t>Navarro Fuster, Gisela</t>
+  </si>
+  <si>
+    <t>Navarro Hurtado, Núria</t>
+  </si>
+  <si>
+    <t>Navarro i Descals, Anna</t>
+  </si>
+  <si>
+    <t>Negre i Estorach, Irene</t>
+  </si>
+  <si>
+    <t>Nieto i Fumanal, Noemí</t>
+  </si>
+  <si>
+    <t>Niubó Cidoncha, Esther</t>
+  </si>
+  <si>
+    <t>Orriols Serra, Sílvia</t>
+  </si>
+  <si>
+    <t>Ortiz i Martí, Montse</t>
+  </si>
+  <si>
+    <t>Pajares Ribas, M. Belén</t>
+  </si>
+  <si>
+    <t>Paneque Sureda, Silvia</t>
+  </si>
+  <si>
+    <t>Planas i Crous, M. Àngels</t>
+  </si>
+  <si>
+    <t>Renedo i Puig, Carme</t>
+  </si>
+  <si>
+    <t>Ríos García, Mónica</t>
+  </si>
+  <si>
+    <t>Roldán Suárez, Lorena</t>
+  </si>
+  <si>
+    <t>Romero Llano, Alícia</t>
+  </si>
+  <si>
+    <t>Sales de la Cruz, Mònica</t>
+  </si>
+  <si>
+    <t>Sans Guerra, Raquel</t>
+  </si>
+  <si>
+    <t>Segovia Sánchez, Susanna</t>
+  </si>
+  <si>
+    <t>Selva i Huertas, Maite</t>
+  </si>
+  <si>
+    <t>Silva Gallardo, Beatriz</t>
+  </si>
+  <si>
+    <t>Soberana i Bonet, Rosa Maria</t>
+  </si>
+  <si>
+    <t>Toronjo i Nofuentes, Judith</t>
+  </si>
+  <si>
+    <t>Urroz Segura, Ariadna</t>
+  </si>
+  <si>
+    <t>Verge Mestre, Tània</t>
+  </si>
+  <si>
+    <t>Vilagrà i Pons, Laura</t>
+  </si>
+  <si>
+    <t>Vilalta i Torres, Marta</t>
+  </si>
+  <si>
+    <t>Zapata Alfonso, Andrea</t>
+  </si>
+  <si>
     <t>Lleida</t>
   </si>
   <si>
-    <t>Elecció</t>
-[...7 lines deleted...]
-  <si>
     <t>Barcelona</t>
   </si>
   <si>
-    <t>Alcalá González, Judit</t>
-[...19 lines deleted...]
-  <si>
     <t>Tarragona</t>
   </si>
   <si>
-    <t>Araibi Marachi, Sabrin</t>
-[...25 lines deleted...]
-  <si>
     <t>Girona</t>
-  </si>
-[...160 lines deleted...]
-    <t>Zapata Alfonso, Andrea</t>
   </si>
   <si>
     <t>Relació de diputades al Parlament de Catalunya. XV legislatura (2024-      )</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="[$-403]dd/mm/yy"/>
   </numFmts>
-  <fonts count="5" x14ac:knownFonts="1">
+  <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
-      <color theme="1"/>
+      <color rgb="FF000000"/>
       <name val="Calibri"/>
-      <family val="2"/>
-[...15 lines deleted...]
-      <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
       <sz val="14"/>
-      <color theme="1"/>
+      <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD3C0D6"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="3">
+  <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color indexed="64"/>
+        <color rgb="FF666666"/>
       </left>
       <right style="thin">
-        <color indexed="64"/>
+        <color rgb="FF666666"/>
       </right>
       <top style="thin">
-        <color indexed="64"/>
+        <color rgb="FF666666"/>
       </top>
       <bottom style="thin">
-        <color indexed="64"/>
-[...8 lines deleted...]
-        <color indexed="64"/>
+        <color rgb="FF666666"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="15">
+  <cellXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de l'Office">
@@ -705,1574 +693,1752 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:H68"/>
+  <dimension ref="A1:H76"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="U2" sqref="U2"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="21.75" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="25.5" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="11.140625" style="4" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="9" max="16384" width="9.140625" style="4"/>
+    <col min="1" max="1" width="9.140625" style="2"/>
+    <col min="2" max="2" width="33.7109375" style="1" customWidth="1"/>
+    <col min="3" max="3" width="15.42578125" style="1" customWidth="1"/>
+    <col min="4" max="4" width="14.5703125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="11.7109375" style="2" customWidth="1"/>
+    <col min="6" max="6" width="11.7109375" style="1" customWidth="1"/>
+    <col min="7" max="7" width="11.7109375" style="2" customWidth="1"/>
+    <col min="8" max="8" width="11.7109375" style="1" customWidth="1"/>
+    <col min="9" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-[...23 lines deleted...]
-      <c r="B3" s="2" t="s">
+    <row r="1" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="8" t="s">
+        <v>95</v>
+      </c>
+      <c r="B1" s="9"/>
+      <c r="C1" s="9"/>
+      <c r="D1" s="9"/>
+      <c r="E1" s="9"/>
+      <c r="F1" s="9"/>
+      <c r="G1" s="9"/>
+      <c r="H1" s="9"/>
+    </row>
+    <row r="3" spans="1:8" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="3"/>
+      <c r="B3" s="4" t="s">
         <v>0</v>
       </c>
-      <c r="C3" s="2" t="s">
+      <c r="C3" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="D3" s="2" t="s">
+      <c r="D3" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="E3" s="1" t="s">
+      <c r="E3" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="F3" s="3" t="s">
+      <c r="F3" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="G3" s="1" t="s">
+      <c r="G3" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="H3" s="3" t="s">
+      <c r="H3" s="4" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="4" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="5">
         <v>1</v>
       </c>
       <c r="B4" s="6" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C4" s="6" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="D4" s="6" t="s">
-        <v>9</v>
+        <v>91</v>
       </c>
       <c r="E4" s="7">
         <v>45453</v>
       </c>
-      <c r="F4" s="8" t="s">
-        <v>10</v>
+      <c r="F4" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="G4" s="7"/>
-      <c r="H4" s="8"/>
-[...1 lines deleted...]
-    <row r="5" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H4" s="6"/>
+    </row>
+    <row r="5" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="5">
         <v>2</v>
       </c>
       <c r="B5" s="6" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="C5" s="6" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D5" s="6" t="s">
-        <v>13</v>
+        <v>92</v>
       </c>
       <c r="E5" s="7">
         <v>45453</v>
       </c>
-      <c r="F5" s="8" t="s">
-        <v>10</v>
+      <c r="F5" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="G5" s="7"/>
-      <c r="H5" s="8"/>
-[...1 lines deleted...]
-    <row r="6" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H5" s="6"/>
+    </row>
+    <row r="6" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="5">
         <v>3</v>
       </c>
       <c r="B6" s="6" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C6" s="6" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D6" s="6" t="s">
-        <v>9</v>
+        <v>91</v>
       </c>
       <c r="E6" s="7">
         <v>45453</v>
       </c>
-      <c r="F6" s="8" t="s">
-        <v>10</v>
+      <c r="F6" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="G6" s="7"/>
-      <c r="H6" s="8"/>
-[...1 lines deleted...]
-    <row r="7" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H6" s="6"/>
+    </row>
+    <row r="7" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="5">
         <v>4</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C7" s="6" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="D7" s="6" t="s">
-        <v>13</v>
+        <v>93</v>
       </c>
       <c r="E7" s="7">
         <v>45453</v>
       </c>
-      <c r="F7" s="8" t="s">
-[...9 lines deleted...]
-    <row r="8" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="F7" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="G7" s="7"/>
+      <c r="H7" s="6"/>
+    </row>
+    <row r="8" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="5">
         <v>5</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>21</v>
+        <v>92</v>
       </c>
       <c r="E8" s="7">
         <v>45453</v>
       </c>
-      <c r="F8" s="8" t="s">
-        <v>10</v>
+      <c r="F8" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="G8" s="7"/>
-      <c r="H8" s="8"/>
-[...1 lines deleted...]
-    <row r="9" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H8" s="6"/>
+    </row>
+    <row r="9" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="5">
         <v>6</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="C9" s="6" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D9" s="6" t="s">
-        <v>13</v>
+        <v>92</v>
       </c>
       <c r="E9" s="7">
         <v>45453</v>
       </c>
-      <c r="F9" s="8" t="s">
-        <v>10</v>
+      <c r="F9" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="G9" s="7"/>
-      <c r="H9" s="8"/>
-[...1 lines deleted...]
-    <row r="10" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H9" s="6"/>
+    </row>
+    <row r="10" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="5">
         <v>7</v>
       </c>
       <c r="B10" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="C10" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="D10" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="E10" s="7">
+        <v>45453</v>
+      </c>
+      <c r="F10" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="G10" s="7"/>
+      <c r="H10" s="6"/>
+    </row>
+    <row r="11" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="5">
+        <v>8</v>
+      </c>
+      <c r="B11" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="C10" s="6" t="s">
-[...2 lines deleted...]
-      <c r="D10" s="6" t="s">
+      <c r="C11" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="E10" s="7">
-[...17 lines deleted...]
-      </c>
       <c r="D11" s="6" t="s">
-        <v>9</v>
+        <v>91</v>
       </c>
       <c r="E11" s="7">
         <v>45453</v>
       </c>
-      <c r="F11" s="8" t="s">
-        <v>10</v>
+      <c r="F11" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="G11" s="7"/>
-      <c r="H11" s="8"/>
-[...1 lines deleted...]
-    <row r="12" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H11" s="6"/>
+    </row>
+    <row r="12" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="5">
         <v>9</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C12" s="6" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="D12" s="6" t="s">
-        <v>9</v>
+        <v>92</v>
       </c>
       <c r="E12" s="7">
         <v>45453</v>
       </c>
-      <c r="F12" s="8" t="s">
-        <v>10</v>
+      <c r="F12" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="G12" s="7"/>
-      <c r="H12" s="8"/>
-[...1 lines deleted...]
-    <row r="13" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H12" s="6"/>
+    </row>
+    <row r="13" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="5">
         <v>10</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C13" s="6" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D13" s="6" t="s">
-        <v>13</v>
+        <v>92</v>
       </c>
       <c r="E13" s="7">
         <v>45453</v>
       </c>
-      <c r="F13" s="8" t="s">
-        <v>10</v>
+      <c r="F13" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="G13" s="7"/>
-      <c r="H13" s="8"/>
-[...1 lines deleted...]
-    <row r="14" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H13" s="6"/>
+    </row>
+    <row r="14" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="5">
         <v>11</v>
       </c>
       <c r="B14" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="C14" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="E14" s="7">
+        <v>46056</v>
+      </c>
+      <c r="F14" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="C14" s="6" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G14" s="7"/>
-      <c r="H14" s="8"/>
-[...1 lines deleted...]
-    <row r="15" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H14" s="6"/>
+    </row>
+    <row r="15" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="5">
         <v>12</v>
       </c>
       <c r="B15" s="6" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C15" s="6" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>13</v>
+        <v>92</v>
       </c>
       <c r="E15" s="7">
         <v>45453</v>
       </c>
-      <c r="F15" s="8" t="s">
-        <v>10</v>
+      <c r="F15" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="G15" s="7"/>
-      <c r="H15" s="8"/>
-[...1 lines deleted...]
-    <row r="16" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H15" s="6"/>
+    </row>
+    <row r="16" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="5">
         <v>13</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C16" s="6" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="D16" s="6" t="s">
-        <v>31</v>
+        <v>94</v>
       </c>
       <c r="E16" s="7">
         <v>45453</v>
       </c>
-      <c r="F16" s="8" t="s">
-        <v>10</v>
+      <c r="F16" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="G16" s="7"/>
-      <c r="H16" s="8"/>
-[...1 lines deleted...]
-    <row r="17" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H16" s="6"/>
+    </row>
+    <row r="17" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="5">
         <v>14</v>
       </c>
       <c r="B17" s="6" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="C17" s="6" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="D17" s="6" t="s">
-        <v>13</v>
+        <v>92</v>
       </c>
       <c r="E17" s="7">
         <v>45453</v>
       </c>
-      <c r="F17" s="8" t="s">
-        <v>10</v>
+      <c r="F17" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="G17" s="7"/>
-      <c r="H17" s="8"/>
-[...1 lines deleted...]
-    <row r="18" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H17" s="6"/>
+    </row>
+    <row r="18" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="5">
         <v>15</v>
       </c>
       <c r="B18" s="6" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="C18" s="6" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="D18" s="6" t="s">
-        <v>13</v>
+        <v>92</v>
       </c>
       <c r="E18" s="7">
         <v>45453</v>
       </c>
-      <c r="F18" s="8" t="s">
-        <v>10</v>
+      <c r="F18" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="G18" s="7"/>
-      <c r="H18" s="8"/>
-[...1 lines deleted...]
-    <row r="19" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H18" s="6"/>
+    </row>
+    <row r="19" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="5">
         <v>16</v>
       </c>
       <c r="B19" s="6" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>13</v>
+        <v>92</v>
       </c>
       <c r="E19" s="7">
         <v>45453</v>
       </c>
-      <c r="F19" s="8" t="s">
-        <v>10</v>
+      <c r="F19" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="G19" s="7"/>
-      <c r="H19" s="8"/>
-[...1 lines deleted...]
-    <row r="20" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H19" s="6"/>
+    </row>
+    <row r="20" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="5">
         <v>17</v>
       </c>
       <c r="B20" s="6" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="C20" s="6" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D20" s="6" t="s">
-        <v>9</v>
+        <v>91</v>
       </c>
       <c r="E20" s="7">
         <v>45453</v>
       </c>
-      <c r="F20" s="8" t="s">
-        <v>10</v>
+      <c r="F20" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="G20" s="7"/>
-      <c r="H20" s="8"/>
-[...1 lines deleted...]
-    <row r="21" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H20" s="6"/>
+    </row>
+    <row r="21" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="5">
         <v>18</v>
       </c>
       <c r="B21" s="6" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C21" s="6" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="D21" s="6" t="s">
-        <v>13</v>
+        <v>92</v>
       </c>
       <c r="E21" s="7">
         <v>45453</v>
       </c>
-      <c r="F21" s="8" t="s">
-[...5 lines deleted...]
-    <row r="22" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="F21" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="G21" s="7">
+        <v>45541</v>
+      </c>
+      <c r="H21" s="6" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="5">
         <v>19</v>
       </c>
       <c r="B22" s="6" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C22" s="6" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="D22" s="6" t="s">
-        <v>13</v>
+        <v>92</v>
       </c>
       <c r="E22" s="7">
         <v>45453</v>
       </c>
-      <c r="F22" s="8" t="s">
-        <v>10</v>
+      <c r="F22" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="G22" s="7"/>
-      <c r="H22" s="8"/>
-[...1 lines deleted...]
-    <row r="23" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H22" s="6"/>
+    </row>
+    <row r="23" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="5">
         <v>20</v>
       </c>
       <c r="B23" s="6" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>13</v>
+        <v>92</v>
       </c>
       <c r="E23" s="7">
         <v>45453</v>
       </c>
-      <c r="F23" s="8" t="s">
-        <v>10</v>
+      <c r="F23" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="G23" s="7"/>
-      <c r="H23" s="8"/>
-[...1 lines deleted...]
-    <row r="24" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H23" s="6"/>
+    </row>
+    <row r="24" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="5">
         <v>21</v>
       </c>
       <c r="B24" s="6" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="C24" s="6" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D24" s="6" t="s">
-        <v>13</v>
+        <v>92</v>
       </c>
       <c r="E24" s="7">
         <v>45453</v>
       </c>
-      <c r="F24" s="8" t="s">
-        <v>10</v>
+      <c r="F24" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="G24" s="7"/>
-      <c r="H24" s="8"/>
-[...1 lines deleted...]
-    <row r="25" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H24" s="6"/>
+    </row>
+    <row r="25" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="5">
         <v>22</v>
       </c>
       <c r="B25" s="6" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="C25" s="6" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="D25" s="6" t="s">
-        <v>13</v>
+        <v>92</v>
       </c>
       <c r="E25" s="7">
         <v>45453</v>
       </c>
-      <c r="F25" s="8" t="s">
-        <v>10</v>
+      <c r="F25" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="G25" s="7"/>
-      <c r="H25" s="8"/>
-[...1 lines deleted...]
-    <row r="26" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H25" s="6"/>
+    </row>
+    <row r="26" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="5">
         <v>23</v>
       </c>
       <c r="B26" s="6" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="C26" s="6" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="D26" s="6" t="s">
-        <v>13</v>
+        <v>92</v>
       </c>
       <c r="E26" s="7">
         <v>45453</v>
       </c>
-      <c r="F26" s="8" t="s">
-        <v>10</v>
+      <c r="F26" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="G26" s="7"/>
-      <c r="H26" s="8"/>
-[...1 lines deleted...]
-    <row r="27" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H26" s="6"/>
+    </row>
+    <row r="27" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="5">
         <v>24</v>
       </c>
       <c r="B27" s="6" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>13</v>
+        <v>92</v>
       </c>
       <c r="E27" s="7">
         <v>45453</v>
       </c>
-      <c r="F27" s="8" t="s">
-        <v>10</v>
+      <c r="F27" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="G27" s="7"/>
-      <c r="H27" s="8"/>
-[...1 lines deleted...]
-    <row r="28" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H27" s="6"/>
+    </row>
+    <row r="28" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="5">
         <v>25</v>
       </c>
       <c r="B28" s="6" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C28" s="6" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="D28" s="6" t="s">
-        <v>13</v>
+        <v>92</v>
       </c>
       <c r="E28" s="7">
         <v>45453</v>
       </c>
-      <c r="F28" s="8" t="s">
-[...5 lines deleted...]
-    <row r="29" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="F28" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="G28" s="7">
+        <v>45908</v>
+      </c>
+      <c r="H28" s="6" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="5">
         <v>26</v>
       </c>
       <c r="B29" s="6" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C29" s="6" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="D29" s="6" t="s">
-        <v>9</v>
+        <v>92</v>
       </c>
       <c r="E29" s="7">
         <v>45453</v>
       </c>
-      <c r="F29" s="8" t="s">
-        <v>10</v>
+      <c r="F29" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="G29" s="7"/>
-      <c r="H29" s="8"/>
-[...1 lines deleted...]
-    <row r="30" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H29" s="6"/>
+    </row>
+    <row r="30" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="5">
         <v>27</v>
       </c>
       <c r="B30" s="6" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C30" s="6" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="D30" s="6" t="s">
-        <v>13</v>
+        <v>91</v>
       </c>
       <c r="E30" s="7">
         <v>45453</v>
       </c>
-      <c r="F30" s="8" t="s">
-        <v>10</v>
+      <c r="F30" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="G30" s="7"/>
-      <c r="H30" s="8"/>
-[...1 lines deleted...]
-    <row r="31" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H30" s="6"/>
+    </row>
+    <row r="31" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="5">
         <v>28</v>
       </c>
       <c r="B31" s="6" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>21</v>
+        <v>92</v>
       </c>
       <c r="E31" s="7">
         <v>45453</v>
       </c>
-      <c r="F31" s="8" t="s">
-        <v>10</v>
+      <c r="F31" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="G31" s="7"/>
-      <c r="H31" s="8"/>
-[...1 lines deleted...]
-    <row r="32" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H31" s="6"/>
+    </row>
+    <row r="32" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="5">
         <v>29</v>
       </c>
       <c r="B32" s="6" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="C32" s="6" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D32" s="6" t="s">
-        <v>13</v>
+        <v>93</v>
       </c>
       <c r="E32" s="7">
         <v>45453</v>
       </c>
-      <c r="F32" s="8" t="s">
-        <v>10</v>
+      <c r="F32" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="G32" s="7"/>
-      <c r="H32" s="8"/>
-[...1 lines deleted...]
-    <row r="33" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H32" s="6"/>
+    </row>
+    <row r="33" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="5">
         <v>30</v>
       </c>
       <c r="B33" s="6" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="C33" s="6" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="D33" s="6" t="s">
-        <v>13</v>
+        <v>92</v>
       </c>
       <c r="E33" s="7">
         <v>45453</v>
       </c>
-      <c r="F33" s="8" t="s">
-        <v>10</v>
+      <c r="F33" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="G33" s="7"/>
-      <c r="H33" s="8"/>
-[...1 lines deleted...]
-    <row r="34" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H33" s="6"/>
+    </row>
+    <row r="34" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="5">
         <v>31</v>
       </c>
       <c r="B34" s="6" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="C34" s="6" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="D34" s="6" t="s">
-        <v>13</v>
+        <v>92</v>
       </c>
       <c r="E34" s="7">
         <v>45453</v>
       </c>
-      <c r="F34" s="8" t="s">
-        <v>10</v>
+      <c r="F34" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="G34" s="7"/>
-      <c r="H34" s="8"/>
-[...1 lines deleted...]
-    <row r="35" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H34" s="6"/>
+    </row>
+    <row r="35" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="5">
         <v>32</v>
       </c>
       <c r="B35" s="6" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>13</v>
+        <v>92</v>
       </c>
       <c r="E35" s="7">
         <v>45453</v>
       </c>
-      <c r="F35" s="8" t="s">
-        <v>10</v>
+      <c r="F35" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="G35" s="7"/>
-      <c r="H35" s="8"/>
-[...1 lines deleted...]
-    <row r="36" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H35" s="6"/>
+    </row>
+    <row r="36" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="5">
         <v>33</v>
       </c>
       <c r="B36" s="6" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="C36" s="6" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="D36" s="6" t="s">
-        <v>13</v>
+        <v>92</v>
       </c>
       <c r="E36" s="7">
         <v>45453</v>
       </c>
-      <c r="F36" s="8" t="s">
-        <v>10</v>
+      <c r="F36" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="G36" s="7"/>
-      <c r="H36" s="8"/>
-[...1 lines deleted...]
-    <row r="37" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H36" s="6"/>
+    </row>
+    <row r="37" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="5">
         <v>34</v>
       </c>
       <c r="B37" s="6" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="C37" s="6" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="D37" s="6" t="s">
-        <v>21</v>
+        <v>92</v>
       </c>
       <c r="E37" s="7">
         <v>45453</v>
       </c>
-      <c r="F37" s="8" t="s">
-        <v>10</v>
+      <c r="F37" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="G37" s="7"/>
-      <c r="H37" s="8"/>
-[...1 lines deleted...]
-    <row r="38" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H37" s="6"/>
+    </row>
+    <row r="38" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="5">
         <v>35</v>
       </c>
       <c r="B38" s="6" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="C38" s="6" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D38" s="6" t="s">
-        <v>13</v>
+        <v>93</v>
       </c>
       <c r="E38" s="7">
         <v>45453</v>
       </c>
-      <c r="F38" s="8" t="s">
-        <v>10</v>
+      <c r="F38" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="G38" s="7"/>
-      <c r="H38" s="8"/>
-[...1 lines deleted...]
-    <row r="39" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H38" s="6"/>
+    </row>
+    <row r="39" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="5">
         <v>36</v>
       </c>
       <c r="B39" s="6" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>13</v>
+        <v>92</v>
       </c>
       <c r="E39" s="7">
         <v>45453</v>
       </c>
-      <c r="F39" s="8" t="s">
-        <v>10</v>
+      <c r="F39" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="G39" s="7"/>
-      <c r="H39" s="8"/>
-[...1 lines deleted...]
-    <row r="40" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H39" s="6"/>
+    </row>
+    <row r="40" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="5">
         <v>37</v>
       </c>
       <c r="B40" s="6" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="C40" s="6" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="D40" s="6" t="s">
-        <v>9</v>
+        <v>92</v>
       </c>
       <c r="E40" s="7">
         <v>45453</v>
       </c>
-      <c r="F40" s="8" t="s">
-        <v>10</v>
+      <c r="F40" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="G40" s="7"/>
-      <c r="H40" s="8"/>
-[...1 lines deleted...]
-    <row r="41" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H40" s="6"/>
+    </row>
+    <row r="41" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="5">
         <v>38</v>
       </c>
       <c r="B41" s="6" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="C41" s="6" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="D41" s="6" t="s">
-        <v>13</v>
+        <v>91</v>
       </c>
       <c r="E41" s="7">
         <v>45453</v>
       </c>
-      <c r="F41" s="8" t="s">
-        <v>10</v>
+      <c r="F41" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="G41" s="7"/>
-      <c r="H41" s="8"/>
-[...1 lines deleted...]
-    <row r="42" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H41" s="6"/>
+    </row>
+    <row r="42" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="5">
         <v>39</v>
       </c>
       <c r="B42" s="6" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="C42" s="6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D42" s="6" t="s">
-        <v>13</v>
+        <v>92</v>
       </c>
       <c r="E42" s="7">
-        <v>45453</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>45670</v>
+      </c>
+      <c r="F42" s="6" t="s">
+        <v>27</v>
       </c>
       <c r="G42" s="7"/>
-      <c r="H42" s="8"/>
-[...1 lines deleted...]
-    <row r="43" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H42" s="6"/>
+    </row>
+    <row r="43" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="5">
         <v>40</v>
       </c>
       <c r="B43" s="6" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>13</v>
+        <v>92</v>
       </c>
       <c r="E43" s="7">
         <v>45453</v>
       </c>
-      <c r="F43" s="8" t="s">
-        <v>10</v>
+      <c r="F43" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="G43" s="7"/>
-      <c r="H43" s="8"/>
-[...1 lines deleted...]
-    <row r="44" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H43" s="6"/>
+    </row>
+    <row r="44" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="5">
         <v>41</v>
       </c>
       <c r="B44" s="6" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="C44" s="6" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="D44" s="6" t="s">
-        <v>31</v>
+        <v>92</v>
       </c>
       <c r="E44" s="7">
         <v>45453</v>
       </c>
-      <c r="F44" s="8" t="s">
-        <v>10</v>
+      <c r="F44" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="G44" s="7"/>
-      <c r="H44" s="8"/>
-[...1 lines deleted...]
-    <row r="45" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H44" s="6"/>
+    </row>
+    <row r="45" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="5">
         <v>42</v>
       </c>
       <c r="B45" s="6" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="C45" s="6" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D45" s="6" t="s">
-        <v>21</v>
+        <v>92</v>
       </c>
       <c r="E45" s="7">
         <v>45453</v>
       </c>
-      <c r="F45" s="8" t="s">
-        <v>10</v>
+      <c r="F45" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="G45" s="7"/>
-      <c r="H45" s="8"/>
-[...1 lines deleted...]
-    <row r="46" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H45" s="6"/>
+    </row>
+    <row r="46" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="5">
         <v>43</v>
       </c>
       <c r="B46" s="6" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="C46" s="6" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="D46" s="6" t="s">
-        <v>13</v>
+        <v>94</v>
       </c>
       <c r="E46" s="7">
         <v>45453</v>
       </c>
-      <c r="F46" s="8" t="s">
-        <v>10</v>
+      <c r="F46" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="G46" s="7"/>
-      <c r="H46" s="8"/>
-[...1 lines deleted...]
-    <row r="47" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H46" s="6"/>
+    </row>
+    <row r="47" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="5">
         <v>44</v>
       </c>
       <c r="B47" s="6" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C47" s="6" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="D47" s="6" t="s">
-        <v>13</v>
+        <v>92</v>
       </c>
       <c r="E47" s="7">
-        <v>45453</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>45917</v>
+      </c>
+      <c r="F47" s="6" t="s">
+        <v>27</v>
       </c>
       <c r="G47" s="7"/>
-      <c r="H47" s="8"/>
-[...1 lines deleted...]
-    <row r="48" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H47" s="6"/>
+    </row>
+    <row r="48" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="5">
         <v>45</v>
       </c>
       <c r="B48" s="6" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C48" s="6" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="D48" s="6" t="s">
-        <v>21</v>
+        <v>93</v>
       </c>
       <c r="E48" s="7">
         <v>45453</v>
       </c>
-      <c r="F48" s="8" t="s">
-        <v>10</v>
+      <c r="F48" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="G48" s="7"/>
-      <c r="H48" s="8"/>
-[...1 lines deleted...]
-    <row r="49" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H48" s="6"/>
+    </row>
+    <row r="49" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="5">
         <v>46</v>
       </c>
       <c r="B49" s="6" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="C49" s="6" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="D49" s="6" t="s">
-        <v>21</v>
+        <v>92</v>
       </c>
       <c r="E49" s="7">
         <v>45453</v>
       </c>
-      <c r="F49" s="8" t="s">
-        <v>10</v>
+      <c r="F49" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="G49" s="7"/>
-      <c r="H49" s="8"/>
-[...1 lines deleted...]
-    <row r="50" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H49" s="6"/>
+    </row>
+    <row r="50" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="5">
         <v>47</v>
       </c>
       <c r="B50" s="6" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="C50" s="6" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D50" s="6" t="s">
-        <v>13</v>
+        <v>92</v>
       </c>
       <c r="E50" s="7">
-        <v>45453</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>45538</v>
+      </c>
+      <c r="F50" s="6" t="s">
+        <v>27</v>
       </c>
       <c r="G50" s="7"/>
-      <c r="H50" s="8"/>
-[...1 lines deleted...]
-    <row r="51" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H50" s="6"/>
+    </row>
+    <row r="51" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="5">
         <v>48</v>
       </c>
       <c r="B51" s="6" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C51" s="6" t="s">
-        <v>68</v>
+        <v>17</v>
       </c>
       <c r="D51" s="6" t="s">
-        <v>31</v>
+        <v>94</v>
       </c>
       <c r="E51" s="7">
-        <v>45453</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>45538</v>
+      </c>
+      <c r="F51" s="6" t="s">
+        <v>27</v>
       </c>
       <c r="G51" s="7"/>
-      <c r="H51" s="8"/>
-[...1 lines deleted...]
-    <row r="52" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H51" s="6"/>
+    </row>
+    <row r="52" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="5">
         <v>49</v>
       </c>
       <c r="B52" s="6" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="C52" s="6" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="D52" s="6" t="s">
-        <v>13</v>
+        <v>92</v>
       </c>
       <c r="E52" s="7">
         <v>45453</v>
       </c>
-      <c r="F52" s="8" t="s">
-        <v>10</v>
+      <c r="F52" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="G52" s="7"/>
-      <c r="H52" s="8"/>
-[...1 lines deleted...]
-    <row r="53" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H52" s="6"/>
+    </row>
+    <row r="53" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="5">
         <v>50</v>
       </c>
-      <c r="B53" s="9" t="s">
-[...6 lines deleted...]
-        <v>31</v>
+      <c r="B53" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="C53" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D53" s="6" t="s">
+        <v>93</v>
       </c>
       <c r="E53" s="7">
         <v>45453</v>
       </c>
-      <c r="F53" s="8" t="s">
-        <v>10</v>
+      <c r="F53" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="G53" s="7"/>
-      <c r="H53" s="8"/>
-[...1 lines deleted...]
-    <row r="54" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H53" s="6"/>
+    </row>
+    <row r="54" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A54" s="5">
         <v>51</v>
       </c>
       <c r="B54" s="6" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="C54" s="6" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="D54" s="6" t="s">
-        <v>31</v>
+        <v>93</v>
       </c>
       <c r="E54" s="7">
         <v>45453</v>
       </c>
-      <c r="F54" s="8" t="s">
-        <v>10</v>
+      <c r="F54" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="G54" s="7"/>
-      <c r="H54" s="8"/>
-[...1 lines deleted...]
-    <row r="55" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H54" s="6"/>
+    </row>
+    <row r="55" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="5">
         <v>52</v>
       </c>
       <c r="B55" s="6" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="C55" s="6" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="D55" s="6" t="s">
-        <v>31</v>
+        <v>92</v>
       </c>
       <c r="E55" s="7">
         <v>45453</v>
       </c>
-      <c r="F55" s="8" t="s">
-        <v>10</v>
+      <c r="F55" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="G55" s="7"/>
-      <c r="H55" s="8"/>
-[...1 lines deleted...]
-    <row r="56" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H55" s="6"/>
+    </row>
+    <row r="56" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="5">
         <v>53</v>
       </c>
       <c r="B56" s="6" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="C56" s="6" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="D56" s="6" t="s">
-        <v>31</v>
+        <v>94</v>
       </c>
       <c r="E56" s="7">
         <v>45453</v>
       </c>
-      <c r="F56" s="8" t="s">
-        <v>10</v>
+      <c r="F56" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="G56" s="7"/>
-      <c r="H56" s="8"/>
-[...1 lines deleted...]
-    <row r="57" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H56" s="6"/>
+    </row>
+    <row r="57" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="5">
         <v>54</v>
       </c>
       <c r="B57" s="6" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="C57" s="6" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="D57" s="6" t="s">
-        <v>21</v>
+        <v>92</v>
       </c>
       <c r="E57" s="7">
         <v>45453</v>
       </c>
-      <c r="F57" s="8" t="s">
-        <v>10</v>
+      <c r="F57" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="G57" s="7"/>
-      <c r="H57" s="8"/>
-[...1 lines deleted...]
-    <row r="58" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H57" s="6"/>
+    </row>
+    <row r="58" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="5">
         <v>55</v>
       </c>
       <c r="B58" s="6" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="C58" s="6" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="D58" s="6" t="s">
-        <v>13</v>
+        <v>92</v>
       </c>
       <c r="E58" s="7">
-        <v>45453</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>45547</v>
+      </c>
+      <c r="F58" s="6" t="s">
+        <v>27</v>
       </c>
       <c r="G58" s="7"/>
-      <c r="H58" s="8"/>
-[...1 lines deleted...]
-    <row r="59" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H58" s="6"/>
+    </row>
+    <row r="59" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A59" s="5">
         <v>56</v>
       </c>
       <c r="B59" s="6" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="C59" s="6" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="D59" s="6" t="s">
-        <v>21</v>
+        <v>94</v>
       </c>
       <c r="E59" s="7">
         <v>45453</v>
       </c>
-      <c r="F59" s="8" t="s">
-        <v>10</v>
+      <c r="F59" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="G59" s="7"/>
-      <c r="H59" s="8"/>
-[...1 lines deleted...]
-    <row r="60" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H59" s="6"/>
+    </row>
+    <row r="60" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A60" s="5">
         <v>57</v>
       </c>
       <c r="B60" s="6" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="C60" s="6" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="D60" s="6" t="s">
-        <v>21</v>
+        <v>94</v>
       </c>
       <c r="E60" s="7">
         <v>45453</v>
       </c>
-      <c r="F60" s="8" t="s">
-        <v>10</v>
+      <c r="F60" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="G60" s="7"/>
-      <c r="H60" s="8"/>
-[...1 lines deleted...]
-    <row r="61" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H60" s="6"/>
+    </row>
+    <row r="61" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A61" s="5">
         <v>58</v>
       </c>
       <c r="B61" s="6" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="C61" s="6" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D61" s="6" t="s">
-        <v>13</v>
+        <v>94</v>
       </c>
       <c r="E61" s="7">
         <v>45453</v>
       </c>
-      <c r="F61" s="8" t="s">
-        <v>10</v>
+      <c r="F61" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="G61" s="7"/>
-      <c r="H61" s="8"/>
-[...1 lines deleted...]
-    <row r="62" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H61" s="6"/>
+    </row>
+    <row r="62" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A62" s="5">
         <v>59</v>
       </c>
       <c r="B62" s="6" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="C62" s="6" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="D62" s="6" t="s">
-        <v>31</v>
+        <v>94</v>
       </c>
       <c r="E62" s="7">
         <v>45453</v>
       </c>
-      <c r="F62" s="8" t="s">
-        <v>10</v>
+      <c r="F62" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="G62" s="7"/>
-      <c r="H62" s="8"/>
-[...1 lines deleted...]
-    <row r="63" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H62" s="6"/>
+    </row>
+    <row r="63" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A63" s="5">
         <v>60</v>
       </c>
       <c r="B63" s="6" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="C63" s="6" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="D63" s="6" t="s">
-        <v>13</v>
+        <v>93</v>
       </c>
       <c r="E63" s="7">
         <v>45453</v>
       </c>
-      <c r="F63" s="8" t="s">
-        <v>10</v>
+      <c r="F63" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="G63" s="7"/>
-      <c r="H63" s="8"/>
-[...1 lines deleted...]
-    <row r="64" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H63" s="6"/>
+    </row>
+    <row r="64" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A64" s="5">
         <v>61</v>
       </c>
       <c r="B64" s="6" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="C64" s="6" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="D64" s="6" t="s">
-        <v>13</v>
+        <v>92</v>
       </c>
       <c r="E64" s="7">
         <v>45453</v>
       </c>
-      <c r="F64" s="8" t="s">
-        <v>10</v>
+      <c r="F64" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="G64" s="7"/>
-      <c r="H64" s="8"/>
-[...1 lines deleted...]
-    <row r="65" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H64" s="6"/>
+    </row>
+    <row r="65" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A65" s="5">
         <v>62</v>
       </c>
       <c r="B65" s="6" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="C65" s="6" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="D65" s="6" t="s">
-        <v>13</v>
+        <v>93</v>
       </c>
       <c r="E65" s="7">
         <v>45453</v>
       </c>
-      <c r="F65" s="8" t="s">
-        <v>10</v>
+      <c r="F65" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="G65" s="7"/>
-      <c r="H65" s="8"/>
-[...1 lines deleted...]
-    <row r="66" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H65" s="6"/>
+    </row>
+    <row r="66" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A66" s="5">
         <v>63</v>
       </c>
-      <c r="B66" s="10" t="s">
-[...5 lines deleted...]
-      <c r="D66" s="10" t="s">
+      <c r="B66" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="C66" s="6" t="s">
         <v>13</v>
       </c>
+      <c r="D66" s="6" t="s">
+        <v>93</v>
+      </c>
       <c r="E66" s="7">
         <v>45453</v>
       </c>
-      <c r="F66" s="8" t="s">
-[...9 lines deleted...]
-    <row r="67" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="F66" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="G66" s="7"/>
+      <c r="H66" s="6"/>
+    </row>
+    <row r="67" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A67" s="5">
         <v>64</v>
       </c>
       <c r="B67" s="6" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="C67" s="6" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="D67" s="6" t="s">
-        <v>9</v>
+        <v>92</v>
       </c>
       <c r="E67" s="7">
         <v>45453</v>
       </c>
-      <c r="F67" s="8" t="s">
-        <v>10</v>
+      <c r="F67" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="G67" s="7"/>
-      <c r="H67" s="8"/>
-[...1 lines deleted...]
-    <row r="68" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H67" s="6"/>
+    </row>
+    <row r="68" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A68" s="5">
         <v>65</v>
       </c>
       <c r="B68" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="C68" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D68" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="E68" s="7">
+        <v>45453</v>
+      </c>
+      <c r="F68" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="G68" s="7"/>
+      <c r="H68" s="6"/>
+    </row>
+    <row r="69" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A69" s="5">
+        <v>66</v>
+      </c>
+      <c r="B69" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="C69" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D69" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="E69" s="7">
+        <v>45453</v>
+      </c>
+      <c r="F69" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="G69" s="7"/>
+      <c r="H69" s="6"/>
+    </row>
+    <row r="70" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A70" s="5">
+        <v>67</v>
+      </c>
+      <c r="B70" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="C70" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D70" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="E70" s="7">
+        <v>45573</v>
+      </c>
+      <c r="F70" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G70" s="7"/>
+      <c r="H70" s="6"/>
+    </row>
+    <row r="71" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A71" s="5">
+        <v>68</v>
+      </c>
+      <c r="B71" s="6" t="s">
         <v>85</v>
       </c>
-      <c r="C68" s="6" t="s">
-[...2 lines deleted...]
-      <c r="D68" s="6" t="s">
+      <c r="C71" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D71" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="E71" s="7">
+        <v>45453</v>
+      </c>
+      <c r="F71" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="G71" s="7"/>
+      <c r="H71" s="6"/>
+    </row>
+    <row r="72" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A72" s="5">
+        <v>69</v>
+      </c>
+      <c r="B72" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="C72" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D72" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="E72" s="7">
+        <v>45842</v>
+      </c>
+      <c r="F72" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G72" s="7"/>
+      <c r="H72" s="6"/>
+    </row>
+    <row r="73" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="5">
+        <v>70</v>
+      </c>
+      <c r="B73" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="C73" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="E68" s="7">
-[...6 lines deleted...]
-      <c r="H68" s="8"/>
+      <c r="D73" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="E73" s="7">
+        <v>45453</v>
+      </c>
+      <c r="F73" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="G73" s="7">
+        <v>46054</v>
+      </c>
+      <c r="H73" s="6" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A74" s="5">
+        <v>71</v>
+      </c>
+      <c r="B74" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="C74" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D74" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="E74" s="7">
+        <v>45453</v>
+      </c>
+      <c r="F74" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="G74" s="7">
+        <v>45670</v>
+      </c>
+      <c r="H74" s="6" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A75" s="5">
+        <v>72</v>
+      </c>
+      <c r="B75" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="C75" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D75" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="E75" s="7">
+        <v>45453</v>
+      </c>
+      <c r="F75" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="G75" s="7"/>
+      <c r="H75" s="6"/>
+    </row>
+    <row r="76" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="5">
+        <v>73</v>
+      </c>
+      <c r="B76" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="C76" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D76" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="E76" s="7">
+        <v>45453</v>
+      </c>
+      <c r="F76" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="G76" s="7"/>
+      <c r="H76" s="6"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="landscape" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fulls de càlcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Diputades XV leg 4 març 2025</vt:lpstr>
+      <vt:lpstr>Diputades XV leg 26 febrer 2026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Serra Batiste, Marta</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>