--- v0 (2025-11-03)
+++ v1 (2026-03-22)
@@ -8,1134 +8,861 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="164011"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\D1\ACAU\010 Dossiers\DAP_TEMATICS\DAP_02_Dones_Parlament\15_leg\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="27630" windowHeight="12285"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="27630" windowHeight="12585"/>
   </bookViews>
   <sheets>
-    <sheet name="Presència dones Comissions" sheetId="8" r:id="rId1"/>
-    <sheet name="Presència dones meses com" sheetId="9" r:id="rId2"/>
+    <sheet name="Presència dones meses com" sheetId="3" r:id="rId1"/>
+    <sheet name="Presència dones Comissions" sheetId="2" r:id="rId2"/>
   </sheets>
+  <definedNames>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1">'Presència dones Comissions'!$A$1:$F$37</definedName>
+  </definedNames>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="E28" i="8" l="1"/>
-[...112 lines deleted...]
-  <c r="F2" i="9" s="1"/>
+  <c r="E36" i="3" l="1"/>
+  <c r="F36" i="3" s="1"/>
+  <c r="E35" i="3"/>
+  <c r="F35" i="3" s="1"/>
+  <c r="E34" i="3"/>
+  <c r="F34" i="3" s="1"/>
+  <c r="E33" i="3"/>
+  <c r="F33" i="3" s="1"/>
+  <c r="E32" i="3"/>
+  <c r="F32" i="3" s="1"/>
+  <c r="E31" i="3"/>
+  <c r="F31" i="3" s="1"/>
+  <c r="E30" i="3"/>
+  <c r="F30" i="3" s="1"/>
+  <c r="E29" i="3"/>
+  <c r="F29" i="3" s="1"/>
+  <c r="E28" i="3"/>
+  <c r="F28" i="3" s="1"/>
+  <c r="E27" i="3"/>
+  <c r="F27" i="3" s="1"/>
+  <c r="E26" i="3"/>
+  <c r="F26" i="3" s="1"/>
+  <c r="E25" i="3"/>
+  <c r="F25" i="3" s="1"/>
+  <c r="E24" i="3"/>
+  <c r="F24" i="3" s="1"/>
+  <c r="E23" i="3"/>
+  <c r="F23" i="3" s="1"/>
+  <c r="E22" i="3"/>
+  <c r="F22" i="3" s="1"/>
+  <c r="E21" i="3"/>
+  <c r="F21" i="3" s="1"/>
+  <c r="E20" i="3"/>
+  <c r="F20" i="3" s="1"/>
+  <c r="E19" i="3"/>
+  <c r="F19" i="3" s="1"/>
+  <c r="E18" i="3"/>
+  <c r="F18" i="3" s="1"/>
+  <c r="E17" i="3"/>
+  <c r="F17" i="3" s="1"/>
+  <c r="E16" i="3"/>
+  <c r="F16" i="3" s="1"/>
+  <c r="E15" i="3"/>
+  <c r="F15" i="3" s="1"/>
+  <c r="E14" i="3"/>
+  <c r="F14" i="3" s="1"/>
+  <c r="E13" i="3"/>
+  <c r="F13" i="3" s="1"/>
+  <c r="E12" i="3"/>
+  <c r="F12" i="3" s="1"/>
+  <c r="E11" i="3"/>
+  <c r="F11" i="3" s="1"/>
+  <c r="E10" i="3"/>
+  <c r="F10" i="3" s="1"/>
+  <c r="E9" i="3"/>
+  <c r="F9" i="3" s="1"/>
+  <c r="E8" i="3"/>
+  <c r="F8" i="3" s="1"/>
+  <c r="E7" i="3"/>
+  <c r="F7" i="3" s="1"/>
+  <c r="E6" i="3"/>
+  <c r="F6" i="3" s="1"/>
+  <c r="E5" i="3"/>
+  <c r="F5" i="3" s="1"/>
+  <c r="E4" i="3"/>
+  <c r="F4" i="3" s="1"/>
+  <c r="E3" i="3"/>
+  <c r="F3" i="3" s="1"/>
+  <c r="E2" i="3"/>
+  <c r="F2" i="3" s="1"/>
+  <c r="F37" i="2" l="1"/>
+  <c r="F3" i="2"/>
+  <c r="F4" i="2"/>
+  <c r="F5" i="2"/>
+  <c r="F6" i="2"/>
+  <c r="F7" i="2"/>
+  <c r="F8" i="2"/>
+  <c r="F9" i="2"/>
+  <c r="F10" i="2"/>
+  <c r="F11" i="2"/>
+  <c r="F12" i="2"/>
+  <c r="F13" i="2"/>
+  <c r="F14" i="2"/>
+  <c r="F15" i="2"/>
+  <c r="F16" i="2"/>
+  <c r="F17" i="2"/>
+  <c r="F18" i="2"/>
+  <c r="F19" i="2"/>
+  <c r="F20" i="2"/>
+  <c r="F21" i="2"/>
+  <c r="F22" i="2"/>
+  <c r="F23" i="2"/>
+  <c r="F24" i="2"/>
+  <c r="F25" i="2"/>
+  <c r="F26" i="2"/>
+  <c r="F27" i="2"/>
+  <c r="F28" i="2"/>
+  <c r="F29" i="2"/>
+  <c r="F30" i="2"/>
+  <c r="F31" i="2"/>
+  <c r="F32" i="2"/>
+  <c r="F33" i="2"/>
+  <c r="F34" i="2"/>
+  <c r="F35" i="2"/>
+  <c r="F36" i="2"/>
+  <c r="F2" i="2"/>
+  <c r="C37" i="2"/>
+  <c r="D37" i="2"/>
+  <c r="E2" i="2"/>
+  <c r="E3" i="2"/>
+  <c r="E4" i="2"/>
+  <c r="E5" i="2"/>
+  <c r="E6" i="2"/>
+  <c r="E7" i="2"/>
+  <c r="E8" i="2"/>
+  <c r="E9" i="2"/>
+  <c r="E10" i="2"/>
+  <c r="E11" i="2"/>
+  <c r="E12" i="2"/>
+  <c r="E13" i="2"/>
+  <c r="E14" i="2"/>
+  <c r="E15" i="2"/>
+  <c r="E16" i="2"/>
+  <c r="E17" i="2"/>
+  <c r="E18" i="2"/>
+  <c r="E19" i="2"/>
+  <c r="E20" i="2"/>
+  <c r="E21" i="2"/>
+  <c r="E22" i="2"/>
+  <c r="E23" i="2"/>
+  <c r="E24" i="2"/>
+  <c r="E25" i="2"/>
+  <c r="E26" i="2"/>
+  <c r="E27" i="2"/>
+  <c r="E28" i="2"/>
+  <c r="E29" i="2"/>
+  <c r="E30" i="2"/>
+  <c r="E31" i="2"/>
+  <c r="E32" i="2"/>
+  <c r="E33" i="2"/>
+  <c r="E34" i="2"/>
+  <c r="E35" i="2"/>
+  <c r="E36" i="2"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="122" uniqueCount="117">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="152" uniqueCount="145">
+  <si>
+    <t>CAI</t>
+  </si>
   <si>
     <t>CARPA</t>
   </si>
   <si>
+    <t>CC</t>
+  </si>
+  <si>
+    <t>CCMA</t>
+  </si>
+  <si>
+    <t>CCTN</t>
+  </si>
+  <si>
+    <t>CDSI</t>
+  </si>
+  <si>
+    <t>CE</t>
+  </si>
+  <si>
+    <t>CED</t>
+  </si>
+  <si>
+    <t>CEEPNA</t>
+  </si>
+  <si>
+    <t>CEF</t>
+  </si>
+  <si>
+    <t>CEFERDO</t>
+  </si>
+  <si>
+    <t>CEFP</t>
+  </si>
+  <si>
+    <t>CEGDH</t>
+  </si>
+  <si>
+    <t>CEISMEPIA</t>
+  </si>
+  <si>
+    <t>CESMA</t>
+  </si>
+  <si>
+    <t>CET</t>
+  </si>
+  <si>
+    <t>CI</t>
+  </si>
+  <si>
+    <t>CIADGAIA</t>
+  </si>
+  <si>
+    <t>CIF</t>
+  </si>
+  <si>
+    <t>CIIPCEM</t>
+  </si>
+  <si>
+    <t>CISP</t>
+  </si>
+  <si>
+    <t>CJQD</t>
+  </si>
+  <si>
+    <t>CMSR</t>
+  </si>
+  <si>
+    <t>COSDARC</t>
+  </si>
+  <si>
+    <t>CP</t>
+  </si>
+  <si>
+    <t>CPJ</t>
+  </si>
+  <si>
+    <t>CPL</t>
+  </si>
+  <si>
+    <t>CR</t>
+  </si>
+  <si>
+    <t>CRU</t>
+  </si>
+  <si>
+    <t>CS</t>
+  </si>
+  <si>
+    <t>CSC</t>
+  </si>
+  <si>
+    <t>CSG</t>
+  </si>
+  <si>
+    <t>CTE</t>
+  </si>
+  <si>
+    <t>CTH</t>
+  </si>
+  <si>
+    <t>CUEAE</t>
+  </si>
+  <si>
+    <t>Òrgan</t>
+  </si>
+  <si>
+    <t>Comissió d'Afers Institucionals</t>
+  </si>
+  <si>
     <t>Comissió d'Agricultura, Ramaderia, Pesca i Alimentació</t>
   </si>
   <si>
-    <t>CJQD</t>
+    <t>Comissió de Cultura</t>
+  </si>
+  <si>
+    <t>Comissió de Control de l'Actuació de la Corporació Catalana de Mitjans Audiovisuals</t>
+  </si>
+  <si>
+    <t>Comissió de Consolidació de Textos Normatius</t>
+  </si>
+  <si>
+    <t>Comissió de Drets Socials i Inclusió</t>
+  </si>
+  <si>
+    <t>Comissió d'Esports</t>
+  </si>
+  <si>
+    <t>Comissió de l'Estatut dels Diputats</t>
+  </si>
+  <si>
+    <t>Comissió d'Estudi per a l'Elaboració d'un Pacte Nacional contra l'Antigitanisme i per a la Inclusió del Poble Gitano</t>
+  </si>
+  <si>
+    <t>Comissió d'Economia i Finances</t>
+  </si>
+  <si>
+    <t>Comissió d'Estudi sobre el Feixisme, el Racisme i els Discursos d'Odi</t>
+  </si>
+  <si>
+    <t>Comissió d'Educació i Formació Professional</t>
+  </si>
+  <si>
+    <t>Comissió d'Estudi de la Garantia del Dret a l'Habitatge</t>
+  </si>
+  <si>
+    <t>Comissió d'Estudi de l'Impacte Social i el Mercat de Treball de l'Economia de Plataformes i la Intel·ligència Artificial</t>
+  </si>
+  <si>
+    <t>Comissió d'Estudi sobre la Salut Mental i les Addiccions</t>
+  </si>
+  <si>
+    <t>Comissió d'Empresa i Treball</t>
+  </si>
+  <si>
+    <t>Comissió de la Infància</t>
+  </si>
+  <si>
+    <t>Comissió d'Investigació sobre l'Activitat de la Direcció General d'Atenció a la Infància i l'Adolescència</t>
+  </si>
+  <si>
+    <t>Comissió d'Igualtat i Feminisme</t>
+  </si>
+  <si>
+    <t>Comissió d'Investigació sobre la Infiltració de Policies dels Cossos de l'Estat en els Moviments Socials, Polítics i Populars dels Països Catalans i sobre l'Espionatge amb Programari Espia per part del Regne d'Espanya</t>
+  </si>
+  <si>
+    <t>Comissió d'Interior i Seguretat Pública</t>
   </si>
   <si>
     <t>Comissió de Justícia i Qualitat Democràtica</t>
   </si>
   <si>
-    <t>CR</t>
+    <t>Comissió de Matèries Secretes i Reservades</t>
+  </si>
+  <si>
+    <t>Comissió de Seguiment del Desplegament de les Actuacions de l'Agenda Rural de Catalunya</t>
+  </si>
+  <si>
+    <t>Comissió de Peticions</t>
+  </si>
+  <si>
+    <t>Comissió de Polítiques de Joventut</t>
+  </si>
+  <si>
+    <t>Comissió de Política Lingüística</t>
   </si>
   <si>
     <t>Comissió del Reglament</t>
   </si>
   <si>
-    <t>CISP</t>
-[...50 lines deleted...]
-    <t>Comissió d'Esports</t>
+    <t>Comissió de Recerca i Universitats</t>
+  </si>
+  <si>
+    <t>Comissió de Salut</t>
+  </si>
+  <si>
+    <t>Comissió de la Sindicatura de Comptes</t>
+  </si>
+  <si>
+    <t>Comissió del Síndic de Greuges</t>
+  </si>
+  <si>
+    <t>Comissió de Transició Ecològica</t>
+  </si>
+  <si>
+    <t>Comissió de Territori i Habitatge</t>
+  </si>
+  <si>
+    <t>Comissió d'Unió Europea i Acció Exterior</t>
+  </si>
+  <si>
+    <t>TOTAL</t>
+  </si>
+  <si>
+    <t>Dones</t>
+  </si>
+  <si>
+    <t>Homes</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>% dones</t>
+  </si>
+  <si>
+    <t>Sigla</t>
   </si>
   <si>
     <t>Mesa de la CAI</t>
   </si>
   <si>
     <t>Mesa de la Comissió d'Afers Institucionals</t>
   </si>
   <si>
+    <t>Mesa de la CARPA</t>
+  </si>
+  <si>
+    <t>Mesa de la Comissió d'Agricultura, Ramaderia, Pesca i Alimentació</t>
+  </si>
+  <si>
+    <t>Mesa de la CC</t>
+  </si>
+  <si>
+    <t>Mesa de la Comissió de Cultura</t>
+  </si>
+  <si>
+    <t>Mesa de la CCMA</t>
+  </si>
+  <si>
+    <t>Mesa de la Comissió de Control de l'Actuació de la Corporació Catalana de Mitjans Audiovisuals</t>
+  </si>
+  <si>
+    <t>Mesa de la CCTN</t>
+  </si>
+  <si>
+    <t>Mesa de la Comissió de Consolidació de Textos Normatius</t>
+  </si>
+  <si>
+    <t>Mesa de la CDSI</t>
+  </si>
+  <si>
+    <t>Mesa de la Comissió de Drets Socials i Inclusió</t>
+  </si>
+  <si>
+    <t>Mesa de la CE</t>
+  </si>
+  <si>
+    <t>Mesa de la Comissió d'Esports</t>
+  </si>
+  <si>
     <t>Mesa de la CED</t>
   </si>
   <si>
     <t>Mesa de la Comissió de l'Estatut dels Diputats</t>
   </si>
   <si>
-    <t>CDSI</t>
-[...2 lines deleted...]
-    <t>Comissió de Drets Socials i Inclusió</t>
+    <t>Mesa de la CEEPNA</t>
+  </si>
+  <si>
+    <t>Mesa de la Comissió d'Estudi per a l'Elaboració d'un Pacte Nacional contra l'Antigitanisme i per a la Inclusió del Poble Gitano</t>
+  </si>
+  <si>
+    <t>Mesa de la CEF</t>
+  </si>
+  <si>
+    <t>Mesa de la Comissió d'Economia i Finances</t>
+  </si>
+  <si>
+    <t>Mesa de la CEFERDO</t>
+  </si>
+  <si>
+    <t>Mesa de la Comissió d'Estudi sobre el Feixisme, el Racisme i els Discursos d'Odi</t>
+  </si>
+  <si>
+    <t>Mesa de la CEFP</t>
+  </si>
+  <si>
+    <t>Mesa de la Comissió d'Educació i Formació Professional</t>
+  </si>
+  <si>
+    <t>Mesa de la CEISMEPIA</t>
+  </si>
+  <si>
+    <t>Mesa de la Comissió d'Estudi de l'Impacte Social i el Mercat de Treball de l'Economia de Plataformes i la Intel·ligència Artificial</t>
+  </si>
+  <si>
+    <t>Mesa de la CESMA</t>
+  </si>
+  <si>
+    <t>Mesa de la Comissió d'Estudi sobre la Salut Mental i les Addiccions</t>
+  </si>
+  <si>
+    <t>Mesa de la CET</t>
+  </si>
+  <si>
+    <t>Mesa de la Comissió d'Empresa i Treball</t>
+  </si>
+  <si>
+    <t>Mesa de la CI</t>
+  </si>
+  <si>
+    <t>Mesa de la Comissió de la Infància</t>
+  </si>
+  <si>
+    <t>Mesa de la CIADGAIA</t>
+  </si>
+  <si>
+    <t>Mesa de la Comissió d'Investigació sobre l'Activitat de la Direcció General d'Atenció a la Infància i l'Adolescència</t>
+  </si>
+  <si>
+    <t>Mesa de la CIF</t>
+  </si>
+  <si>
+    <t>Mesa de la Comissió d'Igualtat i Feminisme</t>
+  </si>
+  <si>
+    <t>Mesa de la CIIPCEM</t>
+  </si>
+  <si>
+    <t>Mesa de la Comissió d'Investigació sobre la Infiltració de Policies dels Cossos de l'Estat en els Moviments Socials, Polítics i Populars dels Països Catalans i sobre l'Espionatge amb Programari Espia per part del Regne d'Espanya</t>
+  </si>
+  <si>
+    <t>Mesa de la CISP</t>
+  </si>
+  <si>
+    <t>Mesa de la Comissió d'Interior i Seguretat Pública</t>
+  </si>
+  <si>
+    <t>Mesa de la CJQD</t>
+  </si>
+  <si>
+    <t>Mesa de la Comissió de Justícia i Qualitat Democràtica</t>
+  </si>
+  <si>
+    <t>Mesa de la CMSR</t>
+  </si>
+  <si>
+    <t>Mesa de la Comissió de Matèries Secretes i Reservades</t>
+  </si>
+  <si>
+    <t>Mesa de la COSDARC</t>
+  </si>
+  <si>
+    <t>Mesa de la Comissió de Seguiment del Desplegament de les Actuacions de l'Agenda Rural de Catalunya</t>
+  </si>
+  <si>
+    <t>Mesa de la CP</t>
+  </si>
+  <si>
+    <t>Mesa de la Comissió de Peticions</t>
+  </si>
+  <si>
+    <t>Mesa de la CPJ</t>
+  </si>
+  <si>
+    <t>Mesa de la Comissió de Polítiques de Joventut</t>
+  </si>
+  <si>
+    <t>Mesa de la CPL</t>
+  </si>
+  <si>
+    <t>Mesa de la Comissió de Política Lingüística</t>
   </si>
   <si>
     <t>Mesa de la CR</t>
   </si>
   <si>
     <t>Mesa de la Comissió del Reglament</t>
   </si>
   <si>
-    <t>CTH</t>
-[...50 lines deleted...]
-    <t>Comissió d'Unió Europea i Acció Exterior</t>
+    <t>Mesa de la CRU</t>
+  </si>
+  <si>
+    <t>Mesa de la Comissió de Recerca i Universitats</t>
+  </si>
+  <si>
+    <t>Mesa de la CS</t>
+  </si>
+  <si>
+    <t>Mesa de la Comissió de Salut</t>
+  </si>
+  <si>
+    <t>Mesa de la CSC</t>
+  </si>
+  <si>
+    <t>Mesa de la Comissió de la Sindicatura de Comptes</t>
+  </si>
+  <si>
+    <t>Mesa de la CSG</t>
+  </si>
+  <si>
+    <t>Mesa de la Comissió del Síndic de Greuges</t>
+  </si>
+  <si>
+    <t>Mesa de la CTE</t>
+  </si>
+  <si>
+    <t>Mesa de la Comissió de Transició Ecològica</t>
+  </si>
+  <si>
+    <t>Mesa de la CTH</t>
+  </si>
+  <si>
+    <t>Mesa de la Comissió de Territori i Habitatge</t>
   </si>
   <si>
     <t>Mesa de la CUEAE</t>
   </si>
   <si>
     <t>Mesa de la Comissió d'Unió Europea i Acció Exterior</t>
-  </si>
-[...193 lines deleted...]
-    <t>Recompte de Homes</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-  <fonts count="19" x14ac:knownFonts="1">
+  <numFmts count="1">
+    <numFmt numFmtId="164" formatCode="###,###,###,###,##0"/>
+  </numFmts>
+  <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
-      <color theme="1"/>
+      <color rgb="FF000000"/>
       <name val="Calibri"/>
-      <family val="2"/>
-[...14 lines deleted...]
-      <scheme val="major"/>
     </font>
     <font>
       <b/>
-      <sz val="15"/>
-[...3 lines deleted...]
-      <scheme val="minor"/>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Helvetica"/>
     </font>
     <font>
-      <b/>
-[...4 lines deleted...]
-      <scheme val="minor"/>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Helvetica"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
-      <color theme="3"/>
+      <color rgb="FF000000"/>
       <name val="Calibri"/>
-      <family val="2"/>
-[...94 lines deleted...]
-      <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
-  <fills count="34">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFC6EFCE"/>
-[...171 lines deleted...]
-      <patternFill patternType="solid">
         <fgColor rgb="FFCCCCFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="11">
+  <borders count="7">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...25 lines deleted...]
-    <border>
       <left style="thin">
-        <color rgb="FF7F7F7F"/>
+        <color rgb="FF666666"/>
       </left>
       <right style="thin">
-        <color rgb="FF7F7F7F"/>
+        <color rgb="FF666666"/>
       </right>
       <top style="thin">
-        <color rgb="FF7F7F7F"/>
+        <color rgb="FF666666"/>
       </top>
       <bottom style="thin">
-        <color rgb="FF7F7F7F"/>
-[...64 lines deleted...]
-        <color theme="4"/>
+        <color rgb="FF666666"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF666666"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color rgb="FF666666"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF666666"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FF666666"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF666666"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF666666"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF666666"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF666666"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF666666"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="42">
+  <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...39 lines deleted...]
-    <xf numFmtId="0" fontId="17" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="16">
+  <cellXfs count="23">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="33" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="33" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="2" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="2" fontId="16" fillId="33" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="2" fontId="0" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="2" fontId="0" fillId="33" borderId="10" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="2" fontId="3" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="33" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="33" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="164" fontId="1" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="33" borderId="10" xfId="0" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="33" borderId="10" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="1" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
   </cellXfs>
-  <cellStyles count="42">
-[...30 lines deleted...]
-    <cellStyle name="Neutral" xfId="8" builtinId="28" customBuiltin="1"/>
+  <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Nota" xfId="15" builtinId="10" customBuiltin="1"/>
-[...8 lines deleted...]
-    <cellStyle name="Total" xfId="17" builtinId="25" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
-  <colors>
-[...3 lines deleted...]
-  </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de l'Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1374,17728 +1101,3119 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:F29"/>
+  <dimension ref="A1:F36"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="47.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="24.75" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="13.5703125" style="3" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="7" max="16384" width="47.85546875" style="3"/>
+    <col min="1" max="1" width="22.28515625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="51" style="1" customWidth="1"/>
+    <col min="3" max="5" width="12" style="5" customWidth="1"/>
+    <col min="6" max="6" width="12" style="10" customWidth="1"/>
+    <col min="7" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="30" x14ac:dyDescent="0.25">
-      <c r="A1" s="5" t="s">
+    <row r="1" spans="1:6" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="B1" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="C1" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="D1" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="E1" s="11" t="s">
+        <v>74</v>
+      </c>
+      <c r="F1" s="12" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="B2" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="C2" s="4">
+        <v>2</v>
+      </c>
+      <c r="D2" s="13">
+        <v>1</v>
+      </c>
+      <c r="E2" s="14">
+        <f>SUM(C2:D2)</f>
+        <v>3</v>
+      </c>
+      <c r="F2" s="15">
+        <f>(C2/E2)*100</f>
+        <v>66.666666666666657</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="B3" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="C3" s="4">
+        <v>1</v>
+      </c>
+      <c r="D3" s="13">
+        <v>2</v>
+      </c>
+      <c r="E3" s="14">
+        <f t="shared" ref="E3:E35" si="0">SUM(C3:D3)</f>
+        <v>3</v>
+      </c>
+      <c r="F3" s="15">
+        <f t="shared" ref="F3:F36" si="1">(C3/E3)*100</f>
+        <v>33.333333333333329</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="B4" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="C4" s="4">
+        <v>1</v>
+      </c>
+      <c r="D4" s="13">
+        <v>2</v>
+      </c>
+      <c r="E4" s="14">
+        <f t="shared" si="0"/>
+        <v>3</v>
+      </c>
+      <c r="F4" s="15">
+        <f t="shared" si="1"/>
+        <v>33.333333333333329</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="B5" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="C5" s="4">
+        <v>3</v>
+      </c>
+      <c r="D5" s="13">
+        <v>0</v>
+      </c>
+      <c r="E5" s="14">
+        <f t="shared" si="0"/>
+        <v>3</v>
+      </c>
+      <c r="F5" s="15">
+        <f t="shared" si="1"/>
+        <v>100</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="B6" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="C6" s="4">
+        <v>0</v>
+      </c>
+      <c r="D6" s="13">
+        <v>2</v>
+      </c>
+      <c r="E6" s="14">
+        <f t="shared" si="0"/>
+        <v>2</v>
+      </c>
+      <c r="F6" s="15">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="B7" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="C7" s="4">
+        <v>1</v>
+      </c>
+      <c r="D7" s="13">
+        <v>1</v>
+      </c>
+      <c r="E7" s="14">
+        <f t="shared" si="0"/>
+        <v>2</v>
+      </c>
+      <c r="F7" s="15">
+        <f t="shared" si="1"/>
+        <v>50</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="B8" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="C8" s="4">
+        <v>1</v>
+      </c>
+      <c r="D8" s="13">
+        <v>2</v>
+      </c>
+      <c r="E8" s="14">
+        <f t="shared" si="0"/>
+        <v>3</v>
+      </c>
+      <c r="F8" s="15">
+        <f t="shared" si="1"/>
+        <v>33.333333333333329</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="B9" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="C9" s="4">
+        <v>0</v>
+      </c>
+      <c r="D9" s="13">
+        <v>2</v>
+      </c>
+      <c r="E9" s="14">
+        <f t="shared" si="0"/>
+        <v>2</v>
+      </c>
+      <c r="F9" s="15">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" ht="46.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="B10" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="C10" s="4">
+        <v>1</v>
+      </c>
+      <c r="D10" s="13">
+        <v>2</v>
+      </c>
+      <c r="E10" s="14">
+        <f t="shared" si="0"/>
+        <v>3</v>
+      </c>
+      <c r="F10" s="15">
+        <f t="shared" si="1"/>
+        <v>33.333333333333329</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="B11" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="C11" s="4">
+        <v>1</v>
+      </c>
+      <c r="D11" s="13">
+        <v>2</v>
+      </c>
+      <c r="E11" s="14">
+        <f t="shared" si="0"/>
+        <v>3</v>
+      </c>
+      <c r="F11" s="15">
+        <f t="shared" si="1"/>
+        <v>33.333333333333329</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="B12" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="C12" s="4">
+        <v>0</v>
+      </c>
+      <c r="D12" s="13">
+        <v>1</v>
+      </c>
+      <c r="E12" s="14">
+        <f t="shared" si="0"/>
+        <v>1</v>
+      </c>
+      <c r="F12" s="15">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="B13" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="C13" s="4">
+        <v>3</v>
+      </c>
+      <c r="D13" s="13">
+        <v>0</v>
+      </c>
+      <c r="E13" s="14">
+        <f t="shared" si="0"/>
+        <v>3</v>
+      </c>
+      <c r="F13" s="15">
+        <f t="shared" si="1"/>
+        <v>100</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" ht="48.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="B14" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="C14" s="4">
+        <v>0</v>
+      </c>
+      <c r="D14" s="13">
+        <v>3</v>
+      </c>
+      <c r="E14" s="14">
+        <f t="shared" si="0"/>
+        <v>3</v>
+      </c>
+      <c r="F14" s="15">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="B15" s="2" t="s">
+        <v>104</v>
+      </c>
+      <c r="C15" s="4">
+        <v>3</v>
+      </c>
+      <c r="D15" s="13">
+        <v>0</v>
+      </c>
+      <c r="E15" s="14">
+        <f t="shared" si="0"/>
+        <v>3</v>
+      </c>
+      <c r="F15" s="15">
+        <f t="shared" si="1"/>
+        <v>100</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="B16" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="C16" s="4">
+        <v>3</v>
+      </c>
+      <c r="D16" s="13">
+        <v>0</v>
+      </c>
+      <c r="E16" s="14">
+        <f t="shared" si="0"/>
+        <v>3</v>
+      </c>
+      <c r="F16" s="15">
+        <f t="shared" si="1"/>
+        <v>100</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="B17" s="2" t="s">
         <v>108</v>
       </c>
-      <c r="B1" s="5" t="s">
+      <c r="C17" s="4">
+        <v>3</v>
+      </c>
+      <c r="D17" s="13">
+        <v>0</v>
+      </c>
+      <c r="E17" s="14">
+        <f t="shared" si="0"/>
+        <v>3</v>
+      </c>
+      <c r="F17" s="15">
+        <f t="shared" si="1"/>
+        <v>100</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="2" t="s">
         <v>109</v>
       </c>
-      <c r="C1" s="13" t="s">
+      <c r="B18" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="C18" s="4">
+        <v>2</v>
+      </c>
+      <c r="D18" s="13">
+        <v>1</v>
+      </c>
+      <c r="E18" s="14">
+        <f t="shared" si="0"/>
+        <v>3</v>
+      </c>
+      <c r="F18" s="15">
+        <f t="shared" si="1"/>
+        <v>66.666666666666657</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="B19" s="2" t="s">
+        <v>112</v>
+      </c>
+      <c r="C19" s="4">
+        <v>3</v>
+      </c>
+      <c r="D19" s="13">
+        <v>0</v>
+      </c>
+      <c r="E19" s="14">
+        <f t="shared" si="0"/>
+        <v>3</v>
+      </c>
+      <c r="F19" s="15">
+        <f t="shared" si="1"/>
+        <v>100</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" ht="59.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="B20" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="C20" s="4">
+        <v>1</v>
+      </c>
+      <c r="D20" s="13">
+        <v>2</v>
+      </c>
+      <c r="E20" s="14">
+        <f t="shared" si="0"/>
+        <v>3</v>
+      </c>
+      <c r="F20" s="15">
+        <f t="shared" si="1"/>
+        <v>33.333333333333329</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="2" t="s">
         <v>115</v>
       </c>
-      <c r="D1" s="13" t="s">
+      <c r="B21" s="2" t="s">
         <v>116</v>
       </c>
-      <c r="E1" s="5" t="s">
-[...13 lines deleted...]
-      <c r="C2" s="14">
+      <c r="C21" s="4">
+        <v>2</v>
+      </c>
+      <c r="D21" s="13">
+        <v>1</v>
+      </c>
+      <c r="E21" s="14">
+        <f t="shared" si="0"/>
+        <v>3</v>
+      </c>
+      <c r="F21" s="15">
+        <f t="shared" si="1"/>
+        <v>66.666666666666657</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="B22" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="C22" s="4">
+        <v>0</v>
+      </c>
+      <c r="D22" s="13">
+        <v>3</v>
+      </c>
+      <c r="E22" s="14">
+        <f t="shared" si="0"/>
+        <v>3</v>
+      </c>
+      <c r="F22" s="15">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="B23" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="C23" s="4">
+        <v>0</v>
+      </c>
+      <c r="D23" s="13">
+        <v>2</v>
+      </c>
+      <c r="E23" s="14">
+        <f t="shared" si="0"/>
+        <v>2</v>
+      </c>
+      <c r="F23" s="15">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="B24" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="C24" s="4">
+        <v>3</v>
+      </c>
+      <c r="D24" s="13">
+        <v>0</v>
+      </c>
+      <c r="E24" s="14">
+        <f t="shared" si="0"/>
+        <v>3</v>
+      </c>
+      <c r="F24" s="15">
+        <f t="shared" si="1"/>
+        <v>100</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="B25" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="C25" s="4">
+        <v>2</v>
+      </c>
+      <c r="D25" s="13">
+        <v>1</v>
+      </c>
+      <c r="E25" s="14">
+        <f t="shared" si="0"/>
+        <v>3</v>
+      </c>
+      <c r="F25" s="15">
+        <f t="shared" si="1"/>
+        <v>66.666666666666657</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="2" t="s">
+        <v>125</v>
+      </c>
+      <c r="B26" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="C26" s="4">
+        <v>2</v>
+      </c>
+      <c r="D26" s="13">
+        <v>1</v>
+      </c>
+      <c r="E26" s="14">
+        <f t="shared" si="0"/>
+        <v>3</v>
+      </c>
+      <c r="F26" s="15">
+        <f t="shared" si="1"/>
+        <v>66.666666666666657</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="2" t="s">
+        <v>127</v>
+      </c>
+      <c r="B27" s="2" t="s">
+        <v>128</v>
+      </c>
+      <c r="C27" s="4">
+        <v>1</v>
+      </c>
+      <c r="D27" s="13">
+        <v>2</v>
+      </c>
+      <c r="E27" s="14">
+        <f t="shared" si="0"/>
+        <v>3</v>
+      </c>
+      <c r="F27" s="15">
+        <f t="shared" si="1"/>
+        <v>33.333333333333329</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="B28" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="C28" s="4">
+        <v>4</v>
+      </c>
+      <c r="D28" s="13">
+        <v>3</v>
+      </c>
+      <c r="E28" s="14">
+        <f t="shared" si="0"/>
         <v>7</v>
       </c>
-      <c r="D2" s="14">
-[...12 lines deleted...]
-      <c r="A3" s="7" t="s">
+      <c r="F28" s="15">
+        <f t="shared" si="1"/>
+        <v>57.142857142857139</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="B29" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="C29" s="4">
+        <v>1</v>
+      </c>
+      <c r="D29" s="13">
+        <v>1</v>
+      </c>
+      <c r="E29" s="14">
+        <f t="shared" si="0"/>
+        <v>2</v>
+      </c>
+      <c r="F29" s="15">
+        <f t="shared" si="1"/>
+        <v>50</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="B30" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="C30" s="4">
+        <v>1</v>
+      </c>
+      <c r="D30" s="13">
+        <v>2</v>
+      </c>
+      <c r="E30" s="14">
+        <f t="shared" si="0"/>
+        <v>3</v>
+      </c>
+      <c r="F30" s="15">
+        <f t="shared" si="1"/>
+        <v>33.333333333333329</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="B31" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="C31" s="4">
+        <v>1</v>
+      </c>
+      <c r="D31" s="13">
+        <v>2</v>
+      </c>
+      <c r="E31" s="14">
+        <f t="shared" si="0"/>
+        <v>3</v>
+      </c>
+      <c r="F31" s="15">
+        <f t="shared" si="1"/>
+        <v>33.333333333333329</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="B32" s="2" t="s">
+        <v>138</v>
+      </c>
+      <c r="C32" s="4">
+        <v>3</v>
+      </c>
+      <c r="D32" s="13">
         <v>0</v>
       </c>
-      <c r="B3" s="7" t="s">
-[...153 lines deleted...]
-      <c r="B10" s="7" t="s">
+      <c r="E32" s="14">
+        <f t="shared" si="0"/>
+        <v>3</v>
+      </c>
+      <c r="F32" s="15">
+        <f t="shared" si="1"/>
+        <v>100</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="B33" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="C33" s="4">
+        <v>0</v>
+      </c>
+      <c r="D33" s="13">
+        <v>3</v>
+      </c>
+      <c r="E33" s="14">
+        <f t="shared" si="0"/>
+        <v>3</v>
+      </c>
+      <c r="F33" s="15">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="B34" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="C34" s="4">
+        <v>0</v>
+      </c>
+      <c r="D34" s="13">
+        <v>3</v>
+      </c>
+      <c r="E34" s="14">
+        <f t="shared" si="0"/>
+        <v>3</v>
+      </c>
+      <c r="F34" s="15">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="B35" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="C35" s="4">
+        <v>3</v>
+      </c>
+      <c r="D35" s="13">
+        <v>0</v>
+      </c>
+      <c r="E35" s="14">
+        <f t="shared" si="0"/>
+        <v>3</v>
+      </c>
+      <c r="F35" s="15">
+        <f t="shared" si="1"/>
+        <v>100</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="16" t="s">
         <v>71</v>
       </c>
-      <c r="C10" s="14">
-[...427 lines deleted...]
-        <v>55.233853006681514</v>
+      <c r="B36" s="17"/>
+      <c r="C36" s="18">
+        <v>52</v>
+      </c>
+      <c r="D36" s="19">
+        <v>45</v>
+      </c>
+      <c r="E36" s="20">
+        <f>SUM(C36:D36)</f>
+        <v>97</v>
+      </c>
+      <c r="F36" s="12">
+        <f t="shared" si="1"/>
+        <v>53.608247422680414</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:XFD29"/>
+  <dimension ref="A1:F506"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="N3" sqref="N3"/>
+      <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
+      <selection pane="topRight"/>
+      <selection pane="bottomLeft"/>
+      <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="27.75" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="33.75" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="18.85546875" style="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="6" max="6" width="12.42578125" style="3" customWidth="1"/>
+    <col min="1" max="1" width="15" style="1" customWidth="1"/>
+    <col min="2" max="2" width="46" style="1" customWidth="1"/>
+    <col min="3" max="5" width="11.5703125" style="5" customWidth="1"/>
+    <col min="6" max="6" width="11.5703125" style="10" customWidth="1"/>
     <col min="7" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16384" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
-[...16398 lines deleted...]
-      <c r="A2" s="7" t="s">
+    <row r="1" spans="1:6" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="B1" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="C1" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="D1" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="E1" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="F1" s="8" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="C2" s="4">
+        <v>6</v>
+      </c>
+      <c r="D2" s="4">
+        <v>12</v>
+      </c>
+      <c r="E2" s="4">
+        <f t="shared" ref="E2:E36" si="0">SUM(C2:D2)</f>
+        <v>18</v>
+      </c>
+      <c r="F2" s="9">
+        <f>(C2/E2)*100</f>
+        <v>33.333333333333329</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B3" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="C3" s="4">
+        <v>10</v>
+      </c>
+      <c r="D3" s="4">
+        <v>7</v>
+      </c>
+      <c r="E3" s="4">
+        <f t="shared" si="0"/>
+        <v>17</v>
+      </c>
+      <c r="F3" s="9">
+        <f t="shared" ref="F3:F36" si="1">(C3/E3)*100</f>
+        <v>58.82352941176471</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" s="4">
+        <v>9</v>
+      </c>
+      <c r="D4" s="4">
+        <v>9</v>
+      </c>
+      <c r="E4" s="4">
+        <f t="shared" si="0"/>
+        <v>18</v>
+      </c>
+      <c r="F4" s="9">
+        <f t="shared" si="1"/>
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="B5" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="C5" s="4">
+        <v>8</v>
+      </c>
+      <c r="D5" s="4">
+        <v>10</v>
+      </c>
+      <c r="E5" s="4">
+        <f t="shared" si="0"/>
+        <v>18</v>
+      </c>
+      <c r="F5" s="9">
+        <f t="shared" si="1"/>
+        <v>44.444444444444443</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="C6" s="4">
+        <v>4</v>
+      </c>
+      <c r="D6" s="4">
+        <v>4</v>
+      </c>
+      <c r="E6" s="4">
+        <f t="shared" si="0"/>
+        <v>8</v>
+      </c>
+      <c r="F6" s="9">
+        <f t="shared" si="1"/>
+        <v>50</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="B7" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="C7" s="4">
+        <v>12</v>
+      </c>
+      <c r="D7" s="4">
+        <v>5</v>
+      </c>
+      <c r="E7" s="4">
+        <f t="shared" si="0"/>
+        <v>17</v>
+      </c>
+      <c r="F7" s="9">
+        <f t="shared" si="1"/>
+        <v>70.588235294117652</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="B8" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="C8" s="4">
+        <v>7</v>
+      </c>
+      <c r="D8" s="4">
+        <v>11</v>
+      </c>
+      <c r="E8" s="4">
+        <f t="shared" si="0"/>
+        <v>18</v>
+      </c>
+      <c r="F8" s="9">
+        <f t="shared" si="1"/>
+        <v>38.888888888888893</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C9" s="4">
+        <v>3</v>
+      </c>
+      <c r="D9" s="4">
+        <v>5</v>
+      </c>
+      <c r="E9" s="4">
+        <f t="shared" si="0"/>
+        <v>8</v>
+      </c>
+      <c r="F9" s="9">
+        <f t="shared" si="1"/>
+        <v>37.5</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="C10" s="4">
+        <v>5</v>
+      </c>
+      <c r="D10" s="4">
+        <v>2</v>
+      </c>
+      <c r="E10" s="4">
+        <f t="shared" si="0"/>
+        <v>7</v>
+      </c>
+      <c r="F10" s="9">
+        <f t="shared" si="1"/>
+        <v>71.428571428571431</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B11" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="C11" s="4">
+        <v>7</v>
+      </c>
+      <c r="D11" s="4">
+        <v>11</v>
+      </c>
+      <c r="E11" s="4">
+        <f t="shared" si="0"/>
+        <v>18</v>
+      </c>
+      <c r="F11" s="9">
+        <f t="shared" si="1"/>
+        <v>38.888888888888893</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="C12" s="4">
+        <v>3</v>
+      </c>
+      <c r="D12" s="4">
+        <v>2</v>
+      </c>
+      <c r="E12" s="4">
+        <f t="shared" si="0"/>
+        <v>5</v>
+      </c>
+      <c r="F12" s="9">
+        <f t="shared" si="1"/>
+        <v>60</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="B13" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="C13" s="4">
+        <v>14</v>
+      </c>
+      <c r="D13" s="4">
+        <v>4</v>
+      </c>
+      <c r="E13" s="4">
+        <f t="shared" si="0"/>
+        <v>18</v>
+      </c>
+      <c r="F13" s="9">
+        <f t="shared" si="1"/>
+        <v>77.777777777777786</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B14" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="C14" s="4">
+        <v>1</v>
+      </c>
+      <c r="D14" s="4">
+        <v>0</v>
+      </c>
+      <c r="E14" s="4">
+        <f t="shared" si="0"/>
+        <v>1</v>
+      </c>
+      <c r="F14" s="9">
+        <f t="shared" si="1"/>
+        <v>100</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="B15" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="C15" s="4">
+        <v>5</v>
+      </c>
+      <c r="D15" s="4">
+        <v>3</v>
+      </c>
+      <c r="E15" s="4">
+        <f t="shared" si="0"/>
+        <v>8</v>
+      </c>
+      <c r="F15" s="9">
+        <f t="shared" si="1"/>
+        <v>62.5</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="B16" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="C16" s="4">
+        <v>6</v>
+      </c>
+      <c r="D16" s="4">
+        <v>2</v>
+      </c>
+      <c r="E16" s="4">
+        <f t="shared" si="0"/>
+        <v>8</v>
+      </c>
+      <c r="F16" s="9">
+        <f t="shared" si="1"/>
+        <v>75</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="B17" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C17" s="4">
+        <v>12</v>
+      </c>
+      <c r="D17" s="4">
+        <v>6</v>
+      </c>
+      <c r="E17" s="4">
+        <f t="shared" si="0"/>
+        <v>18</v>
+      </c>
+      <c r="F17" s="9">
+        <f t="shared" si="1"/>
+        <v>66.666666666666657</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B18" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="C18" s="4">
+        <v>14</v>
+      </c>
+      <c r="D18" s="4">
+        <v>4</v>
+      </c>
+      <c r="E18" s="4">
+        <f t="shared" si="0"/>
+        <v>18</v>
+      </c>
+      <c r="F18" s="9">
+        <f t="shared" si="1"/>
+        <v>77.777777777777786</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="B19" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="C19" s="4">
+        <v>8</v>
+      </c>
+      <c r="D19" s="4">
+        <v>2</v>
+      </c>
+      <c r="E19" s="4">
+        <f t="shared" si="0"/>
+        <v>10</v>
+      </c>
+      <c r="F19" s="9">
+        <f t="shared" si="1"/>
+        <v>80</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B20" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="C20" s="4">
+        <v>14</v>
+      </c>
+      <c r="D20" s="4">
+        <v>2</v>
+      </c>
+      <c r="E20" s="4">
+        <f t="shared" si="0"/>
+        <v>16</v>
+      </c>
+      <c r="F20" s="9">
+        <f t="shared" si="1"/>
+        <v>87.5</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" ht="72" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B21" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="C21" s="4">
+        <v>1</v>
+      </c>
+      <c r="D21" s="4">
+        <v>6</v>
+      </c>
+      <c r="E21" s="4">
+        <f t="shared" si="0"/>
+        <v>7</v>
+      </c>
+      <c r="F21" s="9">
+        <f t="shared" si="1"/>
+        <v>14.285714285714285</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="B22" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C22" s="4">
+        <v>8</v>
+      </c>
+      <c r="D22" s="4">
+        <v>10</v>
+      </c>
+      <c r="E22" s="4">
+        <f t="shared" si="0"/>
+        <v>18</v>
+      </c>
+      <c r="F22" s="9">
+        <f t="shared" si="1"/>
+        <v>44.444444444444443</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B23" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="C23" s="4">
+        <v>9</v>
+      </c>
+      <c r="D23" s="4">
+        <v>8</v>
+      </c>
+      <c r="E23" s="4">
+        <f t="shared" si="0"/>
+        <v>17</v>
+      </c>
+      <c r="F23" s="9">
+        <f t="shared" si="1"/>
+        <v>52.941176470588239</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B24" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="C24" s="4">
+        <v>4</v>
+      </c>
+      <c r="D24" s="4">
+        <v>5</v>
+      </c>
+      <c r="E24" s="4">
+        <f t="shared" si="0"/>
+        <v>9</v>
+      </c>
+      <c r="F24" s="9">
+        <f t="shared" si="1"/>
+        <v>44.444444444444443</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B25" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="C25" s="4">
+        <v>6</v>
+      </c>
+      <c r="D25" s="4">
+        <v>5</v>
+      </c>
+      <c r="E25" s="4">
+        <f t="shared" si="0"/>
+        <v>11</v>
+      </c>
+      <c r="F25" s="9">
+        <f t="shared" si="1"/>
+        <v>54.54545454545454</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="B2" s="7" t="s">
+      <c r="B26" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="C26" s="4">
+        <v>8</v>
+      </c>
+      <c r="D26" s="4">
+        <v>10</v>
+      </c>
+      <c r="E26" s="4">
+        <f t="shared" si="0"/>
+        <v>18</v>
+      </c>
+      <c r="F26" s="9">
+        <f t="shared" si="1"/>
+        <v>44.444444444444443</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="C2" s="6">
-[...79 lines deleted...]
-      <c r="A6" s="7" t="s">
+      <c r="B27" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="C27" s="4">
+        <v>13</v>
+      </c>
+      <c r="D27" s="4">
+        <v>5</v>
+      </c>
+      <c r="E27" s="4">
+        <f t="shared" si="0"/>
+        <v>18</v>
+      </c>
+      <c r="F27" s="9">
+        <f t="shared" si="1"/>
+        <v>72.222222222222214</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="B28" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="C28" s="4">
+        <v>11</v>
+      </c>
+      <c r="D28" s="4">
+        <v>7</v>
+      </c>
+      <c r="E28" s="4">
+        <f t="shared" si="0"/>
+        <v>18</v>
+      </c>
+      <c r="F28" s="9">
+        <f t="shared" si="1"/>
+        <v>61.111111111111114</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="B29" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="C29" s="4">
+        <v>8</v>
+      </c>
+      <c r="D29" s="4">
+        <v>10</v>
+      </c>
+      <c r="E29" s="4">
+        <f t="shared" si="0"/>
+        <v>18</v>
+      </c>
+      <c r="F29" s="9">
+        <f t="shared" si="1"/>
+        <v>44.444444444444443</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B30" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="C30" s="4">
+        <v>9</v>
+      </c>
+      <c r="D30" s="4">
+        <v>8</v>
+      </c>
+      <c r="E30" s="4">
+        <f t="shared" si="0"/>
+        <v>17</v>
+      </c>
+      <c r="F30" s="9">
+        <f t="shared" si="1"/>
+        <v>52.941176470588239</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="B31" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="C31" s="4">
+        <v>9</v>
+      </c>
+      <c r="D31" s="4">
+        <v>8</v>
+      </c>
+      <c r="E31" s="4">
+        <f t="shared" si="0"/>
+        <v>17</v>
+      </c>
+      <c r="F31" s="9">
+        <f t="shared" si="1"/>
+        <v>52.941176470588239</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="B32" s="2" t="s">
         <v>66</v>
       </c>
-      <c r="B6" s="7" t="s">
+      <c r="C32" s="4">
+        <v>11</v>
+      </c>
+      <c r="D32" s="4">
+        <v>7</v>
+      </c>
+      <c r="E32" s="4">
+        <f t="shared" si="0"/>
+        <v>18</v>
+      </c>
+      <c r="F32" s="9">
+        <f t="shared" si="1"/>
+        <v>61.111111111111114</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="B33" s="2" t="s">
         <v>67</v>
       </c>
-      <c r="C6" s="6"/>
-[...73 lines deleted...]
-      <c r="F9" s="9">
+      <c r="C33" s="4">
+        <v>10</v>
+      </c>
+      <c r="D33" s="4">
+        <v>8</v>
+      </c>
+      <c r="E33" s="4">
+        <f t="shared" si="0"/>
+        <v>18</v>
+      </c>
+      <c r="F33" s="9">
+        <f t="shared" si="1"/>
+        <v>55.555555555555557</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="B34" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="C34" s="4">
+        <v>6</v>
+      </c>
+      <c r="D34" s="4">
+        <v>10</v>
+      </c>
+      <c r="E34" s="4">
+        <f t="shared" si="0"/>
+        <v>16</v>
+      </c>
+      <c r="F34" s="9">
+        <f t="shared" si="1"/>
+        <v>37.5</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="B35" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="C35" s="4">
+        <v>9</v>
+      </c>
+      <c r="D35" s="4">
+        <v>9</v>
+      </c>
+      <c r="E35" s="4">
+        <f t="shared" si="0"/>
+        <v>18</v>
+      </c>
+      <c r="F35" s="9">
         <f t="shared" si="1"/>
         <v>50</v>
       </c>
     </row>
-    <row r="10" spans="1:16384" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
-[...378 lines deleted...]
-      <c r="A28" s="7" t="s">
+    <row r="36" spans="1:6" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="B36" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="C36" s="4">
+        <v>9</v>
+      </c>
+      <c r="D36" s="4">
+        <v>9</v>
+      </c>
+      <c r="E36" s="4">
+        <f t="shared" si="0"/>
+        <v>18</v>
+      </c>
+      <c r="F36" s="9">
+        <f t="shared" si="1"/>
         <v>50</v>
       </c>
-      <c r="B28" s="7" t="s">
-[...35 lines deleted...]
-      </c>
+    </row>
+    <row r="37" spans="1:6" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="16" t="s">
+        <v>71</v>
+      </c>
+      <c r="B37" s="21"/>
+      <c r="C37" s="18">
+        <f t="shared" ref="C37:D37" si="2">SUM(C2:C36)</f>
+        <v>279</v>
+      </c>
+      <c r="D37" s="22">
+        <f t="shared" si="2"/>
+        <v>226</v>
+      </c>
+      <c r="E37" s="18">
+        <v>505</v>
+      </c>
+      <c r="F37" s="8">
+        <f>(C37/E37)*100</f>
+        <v>55.24752475247525</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B38"/>
+    </row>
+    <row r="39" spans="1:6" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B39"/>
+    </row>
+    <row r="40" spans="1:6" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B40"/>
+    </row>
+    <row r="41" spans="1:6" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B41"/>
+    </row>
+    <row r="42" spans="1:6" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B42"/>
+    </row>
+    <row r="43" spans="1:6" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B43"/>
+    </row>
+    <row r="44" spans="1:6" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B44"/>
+    </row>
+    <row r="45" spans="1:6" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B45"/>
+    </row>
+    <row r="46" spans="1:6" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B46"/>
+    </row>
+    <row r="47" spans="1:6" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B47"/>
+    </row>
+    <row r="48" spans="1:6" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B48"/>
+    </row>
+    <row r="49" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B49"/>
+    </row>
+    <row r="50" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B50"/>
+    </row>
+    <row r="51" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B51"/>
+    </row>
+    <row r="52" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B52"/>
+    </row>
+    <row r="53" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B53"/>
+    </row>
+    <row r="54" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B54"/>
+    </row>
+    <row r="55" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B55"/>
+    </row>
+    <row r="56" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B56"/>
+    </row>
+    <row r="57" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B57"/>
+    </row>
+    <row r="58" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B58"/>
+    </row>
+    <row r="59" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B59"/>
+    </row>
+    <row r="60" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B60"/>
+    </row>
+    <row r="61" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B61"/>
+    </row>
+    <row r="62" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B62"/>
+    </row>
+    <row r="63" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B63"/>
+    </row>
+    <row r="64" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B64"/>
+    </row>
+    <row r="65" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B65"/>
+    </row>
+    <row r="66" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B66"/>
+    </row>
+    <row r="67" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B67"/>
+    </row>
+    <row r="68" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B68"/>
+    </row>
+    <row r="69" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B69"/>
+    </row>
+    <row r="70" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B70"/>
+    </row>
+    <row r="71" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B71"/>
+    </row>
+    <row r="72" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B72"/>
+    </row>
+    <row r="73" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B73"/>
+    </row>
+    <row r="74" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B74"/>
+    </row>
+    <row r="75" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B75"/>
+    </row>
+    <row r="76" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B76"/>
+    </row>
+    <row r="77" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B77"/>
+    </row>
+    <row r="78" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B78"/>
+    </row>
+    <row r="79" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B79"/>
+    </row>
+    <row r="80" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B80"/>
+    </row>
+    <row r="81" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B81"/>
+    </row>
+    <row r="82" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B82"/>
+    </row>
+    <row r="83" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B83"/>
+    </row>
+    <row r="84" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B84"/>
+    </row>
+    <row r="85" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B85"/>
+    </row>
+    <row r="86" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B86"/>
+    </row>
+    <row r="87" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B87"/>
+    </row>
+    <row r="88" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B88"/>
+    </row>
+    <row r="89" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B89"/>
+    </row>
+    <row r="90" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B90"/>
+    </row>
+    <row r="91" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B91"/>
+    </row>
+    <row r="92" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B92"/>
+    </row>
+    <row r="93" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B93"/>
+    </row>
+    <row r="94" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B94"/>
+    </row>
+    <row r="95" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B95"/>
+    </row>
+    <row r="96" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B96"/>
+    </row>
+    <row r="97" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B97"/>
+    </row>
+    <row r="98" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B98"/>
+    </row>
+    <row r="99" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B99"/>
+    </row>
+    <row r="100" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B100"/>
+    </row>
+    <row r="101" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B101"/>
+    </row>
+    <row r="102" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B102"/>
+    </row>
+    <row r="103" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B103"/>
+    </row>
+    <row r="104" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B104"/>
+    </row>
+    <row r="105" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B105"/>
+    </row>
+    <row r="106" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B106"/>
+    </row>
+    <row r="107" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B107"/>
+    </row>
+    <row r="108" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B108"/>
+    </row>
+    <row r="109" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B109"/>
+    </row>
+    <row r="110" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B110"/>
+    </row>
+    <row r="111" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B111"/>
+    </row>
+    <row r="112" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B112"/>
+    </row>
+    <row r="113" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B113"/>
+    </row>
+    <row r="114" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B114"/>
+    </row>
+    <row r="115" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B115"/>
+    </row>
+    <row r="116" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B116"/>
+    </row>
+    <row r="117" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B117"/>
+    </row>
+    <row r="118" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B118"/>
+    </row>
+    <row r="119" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B119"/>
+    </row>
+    <row r="120" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B120"/>
+    </row>
+    <row r="121" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B121"/>
+    </row>
+    <row r="122" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B122"/>
+    </row>
+    <row r="123" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B123"/>
+    </row>
+    <row r="124" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B124"/>
+    </row>
+    <row r="125" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B125"/>
+    </row>
+    <row r="126" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B126"/>
+    </row>
+    <row r="127" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B127"/>
+    </row>
+    <row r="128" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B128"/>
+    </row>
+    <row r="129" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B129"/>
+    </row>
+    <row r="130" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B130"/>
+    </row>
+    <row r="131" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B131"/>
+    </row>
+    <row r="132" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B132"/>
+    </row>
+    <row r="133" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B133"/>
+    </row>
+    <row r="134" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B134"/>
+    </row>
+    <row r="135" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B135"/>
+    </row>
+    <row r="136" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B136"/>
+    </row>
+    <row r="137" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B137"/>
+    </row>
+    <row r="138" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B138"/>
+    </row>
+    <row r="139" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B139"/>
+    </row>
+    <row r="140" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B140"/>
+    </row>
+    <row r="141" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B141"/>
+    </row>
+    <row r="142" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B142"/>
+    </row>
+    <row r="143" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B143"/>
+    </row>
+    <row r="144" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B144"/>
+    </row>
+    <row r="145" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B145"/>
+    </row>
+    <row r="146" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B146"/>
+    </row>
+    <row r="147" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B147"/>
+    </row>
+    <row r="148" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B148"/>
+    </row>
+    <row r="149" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B149"/>
+    </row>
+    <row r="150" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B150"/>
+    </row>
+    <row r="151" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B151"/>
+    </row>
+    <row r="152" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B152"/>
+    </row>
+    <row r="153" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B153"/>
+    </row>
+    <row r="154" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B154"/>
+    </row>
+    <row r="155" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B155"/>
+    </row>
+    <row r="156" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B156"/>
+    </row>
+    <row r="157" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B157"/>
+    </row>
+    <row r="158" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B158"/>
+    </row>
+    <row r="159" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B159"/>
+    </row>
+    <row r="160" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B160"/>
+    </row>
+    <row r="161" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B161"/>
+    </row>
+    <row r="162" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B162"/>
+    </row>
+    <row r="163" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B163"/>
+    </row>
+    <row r="164" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B164"/>
+    </row>
+    <row r="165" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B165"/>
+    </row>
+    <row r="166" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B166"/>
+    </row>
+    <row r="167" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B167"/>
+    </row>
+    <row r="168" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B168"/>
+    </row>
+    <row r="169" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B169"/>
+    </row>
+    <row r="170" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B170"/>
+    </row>
+    <row r="171" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B171"/>
+    </row>
+    <row r="172" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B172"/>
+    </row>
+    <row r="173" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B173"/>
+    </row>
+    <row r="174" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B174"/>
+    </row>
+    <row r="175" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B175"/>
+    </row>
+    <row r="176" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B176"/>
+    </row>
+    <row r="177" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B177"/>
+    </row>
+    <row r="178" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B178"/>
+    </row>
+    <row r="179" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B179"/>
+    </row>
+    <row r="180" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B180"/>
+    </row>
+    <row r="181" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B181"/>
+    </row>
+    <row r="182" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B182"/>
+    </row>
+    <row r="183" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B183"/>
+    </row>
+    <row r="184" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B184"/>
+    </row>
+    <row r="185" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B185"/>
+    </row>
+    <row r="186" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B186"/>
+    </row>
+    <row r="187" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B187"/>
+    </row>
+    <row r="188" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B188"/>
+    </row>
+    <row r="189" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B189"/>
+    </row>
+    <row r="190" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B190"/>
+    </row>
+    <row r="191" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B191"/>
+    </row>
+    <row r="192" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B192"/>
+    </row>
+    <row r="193" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B193"/>
+    </row>
+    <row r="194" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B194"/>
+    </row>
+    <row r="195" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B195"/>
+    </row>
+    <row r="196" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B196"/>
+    </row>
+    <row r="197" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B197"/>
+    </row>
+    <row r="198" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B198"/>
+    </row>
+    <row r="199" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B199"/>
+    </row>
+    <row r="200" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B200"/>
+    </row>
+    <row r="201" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B201"/>
+    </row>
+    <row r="202" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B202"/>
+    </row>
+    <row r="203" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B203"/>
+    </row>
+    <row r="204" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B204"/>
+    </row>
+    <row r="205" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B205"/>
+    </row>
+    <row r="206" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B206"/>
+    </row>
+    <row r="207" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B207"/>
+    </row>
+    <row r="208" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B208"/>
+    </row>
+    <row r="209" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B209"/>
+    </row>
+    <row r="210" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B210"/>
+    </row>
+    <row r="211" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B211"/>
+    </row>
+    <row r="212" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B212"/>
+    </row>
+    <row r="213" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B213"/>
+    </row>
+    <row r="214" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B214"/>
+    </row>
+    <row r="215" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B215"/>
+    </row>
+    <row r="216" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B216"/>
+    </row>
+    <row r="217" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B217"/>
+    </row>
+    <row r="218" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B218"/>
+    </row>
+    <row r="219" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B219"/>
+    </row>
+    <row r="220" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B220"/>
+    </row>
+    <row r="221" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B221"/>
+    </row>
+    <row r="222" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B222"/>
+    </row>
+    <row r="223" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B223"/>
+    </row>
+    <row r="224" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B224"/>
+    </row>
+    <row r="225" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B225"/>
+    </row>
+    <row r="226" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B226"/>
+    </row>
+    <row r="227" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B227"/>
+    </row>
+    <row r="228" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B228"/>
+    </row>
+    <row r="229" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B229"/>
+    </row>
+    <row r="230" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B230"/>
+    </row>
+    <row r="231" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B231"/>
+    </row>
+    <row r="232" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B232"/>
+    </row>
+    <row r="233" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B233"/>
+    </row>
+    <row r="234" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B234"/>
+    </row>
+    <row r="235" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B235"/>
+    </row>
+    <row r="236" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B236"/>
+    </row>
+    <row r="237" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B237"/>
+    </row>
+    <row r="238" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B238"/>
+    </row>
+    <row r="239" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B239"/>
+    </row>
+    <row r="240" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B240"/>
+    </row>
+    <row r="241" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B241"/>
+    </row>
+    <row r="242" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B242"/>
+    </row>
+    <row r="243" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B243"/>
+    </row>
+    <row r="244" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B244"/>
+    </row>
+    <row r="245" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B245"/>
+    </row>
+    <row r="246" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B246"/>
+    </row>
+    <row r="247" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B247"/>
+    </row>
+    <row r="248" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B248"/>
+    </row>
+    <row r="249" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B249"/>
+    </row>
+    <row r="250" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B250"/>
+    </row>
+    <row r="251" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B251"/>
+    </row>
+    <row r="252" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B252"/>
+    </row>
+    <row r="253" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B253"/>
+    </row>
+    <row r="254" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B254"/>
+    </row>
+    <row r="255" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B255"/>
+    </row>
+    <row r="256" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B256"/>
+    </row>
+    <row r="257" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B257"/>
+    </row>
+    <row r="258" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B258"/>
+    </row>
+    <row r="259" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B259"/>
+    </row>
+    <row r="260" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B260"/>
+    </row>
+    <row r="261" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B261"/>
+    </row>
+    <row r="262" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B262"/>
+    </row>
+    <row r="263" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B263"/>
+    </row>
+    <row r="264" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B264"/>
+    </row>
+    <row r="265" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B265"/>
+    </row>
+    <row r="266" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B266"/>
+    </row>
+    <row r="267" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B267"/>
+    </row>
+    <row r="268" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B268"/>
+    </row>
+    <row r="269" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B269"/>
+    </row>
+    <row r="270" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B270"/>
+    </row>
+    <row r="271" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B271"/>
+    </row>
+    <row r="272" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B272"/>
+    </row>
+    <row r="273" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B273"/>
+    </row>
+    <row r="274" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B274"/>
+    </row>
+    <row r="275" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B275"/>
+    </row>
+    <row r="276" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B276"/>
+    </row>
+    <row r="277" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B277"/>
+    </row>
+    <row r="278" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B278"/>
+    </row>
+    <row r="279" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B279"/>
+    </row>
+    <row r="280" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B280"/>
+    </row>
+    <row r="281" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B281"/>
+    </row>
+    <row r="282" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B282"/>
+    </row>
+    <row r="283" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B283"/>
+    </row>
+    <row r="284" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B284"/>
+    </row>
+    <row r="285" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B285"/>
+    </row>
+    <row r="286" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B286"/>
+    </row>
+    <row r="287" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B287"/>
+    </row>
+    <row r="288" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B288"/>
+    </row>
+    <row r="289" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B289"/>
+    </row>
+    <row r="290" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B290"/>
+    </row>
+    <row r="291" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B291"/>
+    </row>
+    <row r="292" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B292"/>
+    </row>
+    <row r="293" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B293"/>
+    </row>
+    <row r="294" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B294"/>
+    </row>
+    <row r="295" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B295"/>
+    </row>
+    <row r="296" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B296"/>
+    </row>
+    <row r="297" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B297"/>
+    </row>
+    <row r="298" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B298"/>
+    </row>
+    <row r="299" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B299"/>
+    </row>
+    <row r="300" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B300"/>
+    </row>
+    <row r="301" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B301"/>
+    </row>
+    <row r="302" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B302"/>
+    </row>
+    <row r="303" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B303"/>
+    </row>
+    <row r="304" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B304"/>
+    </row>
+    <row r="305" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B305"/>
+    </row>
+    <row r="306" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B306"/>
+    </row>
+    <row r="307" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B307"/>
+    </row>
+    <row r="308" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B308"/>
+    </row>
+    <row r="309" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B309"/>
+    </row>
+    <row r="310" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B310"/>
+    </row>
+    <row r="311" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B311"/>
+    </row>
+    <row r="312" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B312"/>
+    </row>
+    <row r="313" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B313"/>
+    </row>
+    <row r="314" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B314"/>
+    </row>
+    <row r="315" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B315"/>
+    </row>
+    <row r="316" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B316"/>
+    </row>
+    <row r="317" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B317"/>
+    </row>
+    <row r="318" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B318"/>
+    </row>
+    <row r="319" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B319"/>
+    </row>
+    <row r="320" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B320"/>
+    </row>
+    <row r="321" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B321"/>
+    </row>
+    <row r="322" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B322"/>
+    </row>
+    <row r="323" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B323"/>
+    </row>
+    <row r="324" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B324"/>
+    </row>
+    <row r="325" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B325"/>
+    </row>
+    <row r="326" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B326"/>
+    </row>
+    <row r="327" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B327"/>
+    </row>
+    <row r="328" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B328"/>
+    </row>
+    <row r="329" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B329"/>
+    </row>
+    <row r="330" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B330"/>
+    </row>
+    <row r="331" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B331"/>
+    </row>
+    <row r="332" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B332"/>
+    </row>
+    <row r="333" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B333"/>
+    </row>
+    <row r="334" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B334"/>
+    </row>
+    <row r="335" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B335"/>
+    </row>
+    <row r="336" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B336"/>
+    </row>
+    <row r="337" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B337"/>
+    </row>
+    <row r="338" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B338"/>
+    </row>
+    <row r="339" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B339"/>
+    </row>
+    <row r="340" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B340"/>
+    </row>
+    <row r="341" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B341"/>
+    </row>
+    <row r="342" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B342"/>
+    </row>
+    <row r="343" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B343"/>
+    </row>
+    <row r="344" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B344"/>
+    </row>
+    <row r="345" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B345"/>
+    </row>
+    <row r="346" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B346"/>
+    </row>
+    <row r="347" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B347"/>
+    </row>
+    <row r="348" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B348"/>
+    </row>
+    <row r="349" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B349"/>
+    </row>
+    <row r="350" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B350"/>
+    </row>
+    <row r="351" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B351"/>
+    </row>
+    <row r="352" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B352"/>
+    </row>
+    <row r="353" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B353"/>
+    </row>
+    <row r="354" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B354"/>
+    </row>
+    <row r="355" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B355"/>
+    </row>
+    <row r="356" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B356"/>
+    </row>
+    <row r="357" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B357"/>
+    </row>
+    <row r="358" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B358"/>
+    </row>
+    <row r="359" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B359"/>
+    </row>
+    <row r="360" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B360"/>
+    </row>
+    <row r="361" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B361"/>
+    </row>
+    <row r="362" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B362"/>
+    </row>
+    <row r="363" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B363"/>
+    </row>
+    <row r="364" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B364"/>
+    </row>
+    <row r="365" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B365"/>
+    </row>
+    <row r="366" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B366"/>
+    </row>
+    <row r="367" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B367"/>
+    </row>
+    <row r="368" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B368"/>
+    </row>
+    <row r="369" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B369"/>
+    </row>
+    <row r="370" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B370"/>
+    </row>
+    <row r="371" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B371"/>
+    </row>
+    <row r="372" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B372"/>
+    </row>
+    <row r="373" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B373"/>
+    </row>
+    <row r="374" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B374"/>
+    </row>
+    <row r="375" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B375"/>
+    </row>
+    <row r="376" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B376"/>
+    </row>
+    <row r="377" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B377"/>
+    </row>
+    <row r="378" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B378"/>
+    </row>
+    <row r="379" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B379"/>
+    </row>
+    <row r="380" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B380"/>
+    </row>
+    <row r="381" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B381"/>
+    </row>
+    <row r="382" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B382"/>
+    </row>
+    <row r="383" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B383"/>
+    </row>
+    <row r="384" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B384"/>
+    </row>
+    <row r="385" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B385"/>
+    </row>
+    <row r="386" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B386"/>
+    </row>
+    <row r="387" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B387"/>
+    </row>
+    <row r="388" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B388"/>
+    </row>
+    <row r="389" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B389"/>
+    </row>
+    <row r="390" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B390"/>
+    </row>
+    <row r="391" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B391"/>
+    </row>
+    <row r="392" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B392"/>
+    </row>
+    <row r="393" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B393"/>
+    </row>
+    <row r="394" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B394"/>
+    </row>
+    <row r="395" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B395"/>
+    </row>
+    <row r="396" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B396"/>
+    </row>
+    <row r="397" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B397"/>
+    </row>
+    <row r="398" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B398"/>
+    </row>
+    <row r="399" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B399"/>
+    </row>
+    <row r="400" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B400"/>
+    </row>
+    <row r="401" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B401"/>
+    </row>
+    <row r="402" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B402"/>
+    </row>
+    <row r="403" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B403"/>
+    </row>
+    <row r="404" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B404"/>
+    </row>
+    <row r="405" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B405"/>
+    </row>
+    <row r="406" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B406"/>
+    </row>
+    <row r="407" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B407"/>
+    </row>
+    <row r="408" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B408"/>
+    </row>
+    <row r="409" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B409"/>
+    </row>
+    <row r="410" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B410"/>
+    </row>
+    <row r="411" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B411"/>
+    </row>
+    <row r="412" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B412"/>
+    </row>
+    <row r="413" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B413"/>
+    </row>
+    <row r="414" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B414"/>
+    </row>
+    <row r="415" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B415"/>
+    </row>
+    <row r="416" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B416"/>
+    </row>
+    <row r="417" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B417"/>
+    </row>
+    <row r="418" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B418"/>
+    </row>
+    <row r="419" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B419"/>
+    </row>
+    <row r="420" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B420"/>
+    </row>
+    <row r="421" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B421"/>
+    </row>
+    <row r="422" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B422"/>
+    </row>
+    <row r="423" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B423"/>
+    </row>
+    <row r="424" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B424"/>
+    </row>
+    <row r="425" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B425"/>
+    </row>
+    <row r="426" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B426"/>
+    </row>
+    <row r="427" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B427"/>
+    </row>
+    <row r="428" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B428"/>
+    </row>
+    <row r="429" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B429"/>
+    </row>
+    <row r="430" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B430"/>
+    </row>
+    <row r="431" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B431"/>
+    </row>
+    <row r="432" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B432"/>
+    </row>
+    <row r="433" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B433"/>
+    </row>
+    <row r="434" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B434"/>
+    </row>
+    <row r="435" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B435"/>
+    </row>
+    <row r="436" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B436"/>
+    </row>
+    <row r="437" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B437"/>
+    </row>
+    <row r="438" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B438"/>
+    </row>
+    <row r="439" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B439"/>
+    </row>
+    <row r="440" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B440"/>
+    </row>
+    <row r="441" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B441"/>
+    </row>
+    <row r="442" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B442"/>
+    </row>
+    <row r="443" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B443"/>
+    </row>
+    <row r="444" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B444"/>
+    </row>
+    <row r="445" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B445"/>
+    </row>
+    <row r="446" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B446"/>
+    </row>
+    <row r="447" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B447"/>
+    </row>
+    <row r="448" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B448"/>
+    </row>
+    <row r="449" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B449"/>
+    </row>
+    <row r="450" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B450"/>
+    </row>
+    <row r="451" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B451"/>
+    </row>
+    <row r="452" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B452"/>
+    </row>
+    <row r="453" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B453"/>
+    </row>
+    <row r="454" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B454"/>
+    </row>
+    <row r="455" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B455"/>
+    </row>
+    <row r="456" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B456"/>
+    </row>
+    <row r="457" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B457"/>
+    </row>
+    <row r="458" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B458"/>
+    </row>
+    <row r="459" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B459"/>
+    </row>
+    <row r="460" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B460"/>
+    </row>
+    <row r="461" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B461"/>
+    </row>
+    <row r="462" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B462"/>
+    </row>
+    <row r="463" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B463"/>
+    </row>
+    <row r="464" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B464"/>
+    </row>
+    <row r="465" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B465"/>
+    </row>
+    <row r="466" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B466"/>
+    </row>
+    <row r="467" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B467"/>
+    </row>
+    <row r="468" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B468"/>
+    </row>
+    <row r="469" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B469"/>
+    </row>
+    <row r="470" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B470"/>
+    </row>
+    <row r="471" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B471"/>
+    </row>
+    <row r="472" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B472"/>
+    </row>
+    <row r="473" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B473"/>
+    </row>
+    <row r="474" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B474"/>
+    </row>
+    <row r="475" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B475"/>
+    </row>
+    <row r="476" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B476"/>
+    </row>
+    <row r="477" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B477"/>
+    </row>
+    <row r="478" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B478"/>
+    </row>
+    <row r="479" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B479"/>
+    </row>
+    <row r="480" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B480"/>
+    </row>
+    <row r="481" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B481"/>
+    </row>
+    <row r="482" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B482"/>
+    </row>
+    <row r="483" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B483"/>
+    </row>
+    <row r="484" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B484"/>
+    </row>
+    <row r="485" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B485"/>
+    </row>
+    <row r="486" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B486"/>
+    </row>
+    <row r="487" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B487"/>
+    </row>
+    <row r="488" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B488"/>
+    </row>
+    <row r="489" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B489"/>
+    </row>
+    <row r="490" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B490"/>
+    </row>
+    <row r="491" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B491"/>
+    </row>
+    <row r="492" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B492"/>
+    </row>
+    <row r="493" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B493"/>
+    </row>
+    <row r="494" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B494"/>
+    </row>
+    <row r="495" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B495"/>
+    </row>
+    <row r="496" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B496"/>
+    </row>
+    <row r="497" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B497"/>
+    </row>
+    <row r="498" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B498"/>
+    </row>
+    <row r="499" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B499"/>
+    </row>
+    <row r="500" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B500"/>
+    </row>
+    <row r="501" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B501"/>
+    </row>
+    <row r="502" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B502"/>
+    </row>
+    <row r="503" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B503"/>
+    </row>
+    <row r="504" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B504"/>
+    </row>
+    <row r="505" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B505"/>
+    </row>
+    <row r="506" spans="2:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B506"/>
     </row>
   </sheetData>
+  <autoFilter ref="A1:F37"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fulls de càlcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Intervals amb nom</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
+    <vt:vector size="3" baseType="lpstr">
+      <vt:lpstr>Presència dones meses com</vt:lpstr>
       <vt:lpstr>Presència dones Comissions</vt:lpstr>
-      <vt:lpstr>Presència dones meses com</vt:lpstr>
+      <vt:lpstr>'Presència dones Comissions'!_FiltreBaseDeDades</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Serra Batiste, Marta</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>